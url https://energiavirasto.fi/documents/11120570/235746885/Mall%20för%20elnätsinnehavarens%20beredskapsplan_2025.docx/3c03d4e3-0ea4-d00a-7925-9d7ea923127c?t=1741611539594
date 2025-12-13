--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -1,66 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4DCE655A" w14:textId="189CD955" w:rsidR="000332E8" w:rsidRPr="00C07144" w:rsidRDefault="00446A44" w:rsidP="00FF1189">
       <w:pPr>
         <w:ind w:left="5529"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07144">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C07144">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C07144">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C07144">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="021303A4" w14:textId="77777777" w:rsidR="000332E8" w:rsidRPr="00C07144" w:rsidRDefault="000332E8" w:rsidP="000332E8">
       <w:pPr>
         <w:ind w:left="1304"/>
         <w:jc w:val="center"/>
@@ -883,65 +878,56 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2346D6BD" w14:textId="7F382110" w:rsidR="00F475AF" w:rsidRPr="00A34072" w:rsidRDefault="0043394B" w:rsidP="00746927">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="sv-SE" w:eastAsia="fi-FI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A34072">
         <w:rPr>
           <w:i/>
           <w:lang w:val="sv-SE" w:eastAsia="fi-FI"/>
         </w:rPr>
         <w:t>Ifall infrastruktur förstörs, h</w:t>
       </w:r>
       <w:r w:rsidR="00674378" w:rsidRPr="00A34072">
         <w:rPr>
           <w:i/>
           <w:lang w:val="sv-SE" w:eastAsia="fi-FI"/>
         </w:rPr>
         <w:t xml:space="preserve">ur försäkras distributionsnätets </w:t>
       </w:r>
-      <w:commentRangeStart w:id="6"/>
       <w:r w:rsidR="001D315D" w:rsidRPr="00A34072">
         <w:rPr>
           <w:i/>
           <w:lang w:val="sv-SE" w:eastAsia="fi-FI"/>
         </w:rPr>
         <w:t>funktion</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:commentReference w:id="6"/>
       </w:r>
       <w:r w:rsidR="00DD1529" w:rsidRPr="00A34072">
         <w:rPr>
           <w:i/>
           <w:lang w:val="sv-SE" w:eastAsia="fi-FI"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C45D38" w:rsidRPr="00A34072">
         <w:rPr>
           <w:i/>
           <w:lang w:val="sv-SE" w:eastAsia="fi-FI"/>
         </w:rPr>
         <w:t xml:space="preserve">genom tillräcklig reparationsförmåga </w:t>
       </w:r>
       <w:r w:rsidR="00746927" w:rsidRPr="00A34072">
         <w:rPr>
           <w:i/>
           <w:lang w:val="sv-SE" w:eastAsia="fi-FI"/>
         </w:rPr>
         <w:t>samt reservanslutningar och -kapa</w:t>
       </w:r>
       <w:r w:rsidR="00DA0719" w:rsidRPr="00A34072">
         <w:rPr>
           <w:i/>
@@ -1014,238 +1000,199 @@
     <w:p w14:paraId="4C14A473" w14:textId="77777777" w:rsidR="00F475AF" w:rsidRPr="00A34072" w:rsidRDefault="00F475AF" w:rsidP="00F475AF">
       <w:pPr>
         <w:pStyle w:val="Otsikko2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A34072">
         <w:lastRenderedPageBreak/>
         <w:t>Bolagets beredskapsövningar</w:t>
       </w:r>
       <w:r w:rsidRPr="00A34072">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A34072">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EF5B1C8" w14:textId="77777777" w:rsidR="00F475AF" w:rsidRPr="00A34072" w:rsidRDefault="00F475AF" w:rsidP="00F475AF">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Hlk519755397"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk519755397"/>
       <w:r w:rsidRPr="00A34072">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Beskriv hur nätinnehavaren utbildar de anställda i att agera under undantagsförhållanden och på vilket sätt kunskaperna och färdigheterna säkerställs genom beredskapsövningar. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FE403B9" w14:textId="49CD7603" w:rsidR="004266F0" w:rsidRPr="00C07144" w:rsidRDefault="00F475AF" w:rsidP="00F475AF">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A34072">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Beskriv det huvudsakliga innehållet i beredskapsövningarna.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidR="00854BD7" w:rsidRPr="00C07144">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:sectPr w:rsidR="004266F0" w:rsidRPr="00C07144" w:rsidSect="002003E8">
-      <w:headerReference w:type="default" r:id="rId16"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId19"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="2835" w:right="1134" w:bottom="1701" w:left="1134" w:header="964" w:footer="680" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-[...37 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="52C5B576" w14:textId="77777777" w:rsidR="00383C74" w:rsidRDefault="00383C74" w:rsidP="0046103D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7FA40FE2" w14:textId="77777777" w:rsidR="00383C74" w:rsidRDefault="00383C74" w:rsidP="0046103D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="4C4A66ED" w14:textId="77777777" w:rsidR="00705B04" w:rsidRDefault="00705B04">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4BE4C7D7" w14:textId="77777777" w:rsidR="0013123A" w:rsidRDefault="0013123A">
     <w:pPr>
       <w:pStyle w:val="Alatunniste"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D1D9C42" wp14:editId="64006C36">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>431800</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>612140</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2232000" cy="550800"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -1271,51 +1218,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2232000" cy="550800"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4007AABA" w14:textId="77777777" w:rsidR="0013123A" w:rsidRPr="009860C8" w:rsidRDefault="0013123A" w:rsidP="009860C8">
     <w:pPr>
       <w:pStyle w:val="Alatunniste"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F444475" wp14:editId="79032B78">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>431800</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>9829165</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="6696000" cy="432000"/>
           <wp:effectExtent l="0" t="0" r="0" b="6350"/>
           <wp:wrapNone/>
           <wp:docPr id="10" name="Picture 10"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -1401,77 +1348,77 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2232000" cy="550800"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="36F5FF6B" w14:textId="77777777" w:rsidR="00383C74" w:rsidRDefault="00383C74" w:rsidP="0046103D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="40CBC91F" w14:textId="77777777" w:rsidR="00383C74" w:rsidRDefault="00383C74" w:rsidP="0046103D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="3FDEDAE5" w14:textId="77777777" w:rsidR="00705B04" w:rsidRDefault="00705B04">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3E8BAB5B" w14:textId="77777777" w:rsidR="0013123A" w:rsidRDefault="0013123A" w:rsidP="00FF1189">
     <w:pPr>
       <w:ind w:left="8505"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2150ED8A" w14:textId="77777777" w:rsidR="00AF09CA" w:rsidRDefault="00AF09CA" w:rsidP="00AF09CA">
     <w:pPr>
       <w:ind w:left="7920"/>
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:t>4090/040002/2024</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2B94497A" w14:textId="77777777" w:rsidR="0013123A" w:rsidRDefault="0013123A">
     <w:pPr>
       <w:pStyle w:val="Yltunniste"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
@@ -1513,51 +1460,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2231390" cy="550545"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Eireunaviivaa"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblInd w:w="5103" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2609"/>
       <w:gridCol w:w="1304"/>
       <w:gridCol w:w="725"/>
     </w:tblGrid>
     <w:tr w:rsidR="0013123A" w:rsidRPr="004F3BE0" w14:paraId="6909F7B1" w14:textId="77777777" w:rsidTr="005B3F97">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2609" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="3C5EF177" w14:textId="77777777" w:rsidR="0013123A" w:rsidRPr="003F38D8" w:rsidRDefault="0013123A" w:rsidP="003F38D8">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
@@ -1742,51 +1689,51 @@
         <w:tcPr>
           <w:tcW w:w="2029" w:type="dxa"/>
           <w:gridSpan w:val="2"/>
         </w:tcPr>
         <w:p w14:paraId="0F039CEF" w14:textId="77777777" w:rsidR="0013123A" w:rsidRPr="004F3BE0" w:rsidRDefault="0013123A" w:rsidP="004F3BE0">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rStyle w:val="Paikkamerkkiteksti"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="088E146D" w14:textId="77777777" w:rsidR="0013123A" w:rsidRPr="004F3BE0" w:rsidRDefault="0013123A" w:rsidP="0046103D">
     <w:pPr>
       <w:pStyle w:val="Yltunniste"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Eireunaviivaa"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblInd w:w="5103" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2609"/>
       <w:gridCol w:w="1304"/>
       <w:gridCol w:w="725"/>
     </w:tblGrid>
     <w:tr w:rsidR="0013123A" w:rsidRPr="004F3BE0" w14:paraId="720E3A00" w14:textId="77777777" w:rsidTr="009860C8">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2609" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="24B23E48" w14:textId="77777777" w:rsidR="0013123A" w:rsidRPr="003F38D8" w:rsidRDefault="0013123A" w:rsidP="003F38D8">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
@@ -1920,51 +1867,51 @@
         <w:tcPr>
           <w:tcW w:w="2029" w:type="dxa"/>
           <w:gridSpan w:val="2"/>
         </w:tcPr>
         <w:p w14:paraId="4130DAAF" w14:textId="77777777" w:rsidR="0013123A" w:rsidRPr="004F3BE0" w:rsidRDefault="0013123A" w:rsidP="004F3BE0">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rStyle w:val="Paikkamerkkiteksti"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="2BA74298" w14:textId="77777777" w:rsidR="0013123A" w:rsidRDefault="0013123A">
     <w:pPr>
       <w:pStyle w:val="Yltunniste"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="412A6D26"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numeroituluettelo5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6BCCCCB0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -5113,60 +5060,52 @@
   <w:num w:numId="29" w16cid:durableId="1729298761">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="506597168">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="234434575">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="849178351">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1739553483">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="2099935382">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="38408468">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="32"/>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -5240,50 +5179,51 @@
     <w:rsid w:val="002003E8"/>
     <w:rsid w:val="00200DA2"/>
     <w:rsid w:val="0020102D"/>
     <w:rsid w:val="00202DA9"/>
     <w:rsid w:val="00203138"/>
     <w:rsid w:val="00204DC6"/>
     <w:rsid w:val="00207FB9"/>
     <w:rsid w:val="00213F12"/>
     <w:rsid w:val="00216468"/>
     <w:rsid w:val="002300EB"/>
     <w:rsid w:val="002364DC"/>
     <w:rsid w:val="00255089"/>
     <w:rsid w:val="002659BD"/>
     <w:rsid w:val="0026614C"/>
     <w:rsid w:val="0026644D"/>
     <w:rsid w:val="00282737"/>
     <w:rsid w:val="00286169"/>
     <w:rsid w:val="00295627"/>
     <w:rsid w:val="00297689"/>
     <w:rsid w:val="002A762C"/>
     <w:rsid w:val="002B5AA7"/>
     <w:rsid w:val="002B5BF6"/>
     <w:rsid w:val="002C14E1"/>
     <w:rsid w:val="002C5187"/>
     <w:rsid w:val="002E32E6"/>
+    <w:rsid w:val="002E5AD9"/>
     <w:rsid w:val="002F691A"/>
     <w:rsid w:val="00302D38"/>
     <w:rsid w:val="00312C60"/>
     <w:rsid w:val="00313107"/>
     <w:rsid w:val="00322C06"/>
     <w:rsid w:val="0032548A"/>
     <w:rsid w:val="00325978"/>
     <w:rsid w:val="0033142F"/>
     <w:rsid w:val="00352675"/>
     <w:rsid w:val="00352934"/>
     <w:rsid w:val="0035314C"/>
     <w:rsid w:val="00353158"/>
     <w:rsid w:val="00353398"/>
     <w:rsid w:val="0035456E"/>
     <w:rsid w:val="00354C29"/>
     <w:rsid w:val="00356E7C"/>
     <w:rsid w:val="00360FBC"/>
     <w:rsid w:val="00363D56"/>
     <w:rsid w:val="00364A38"/>
     <w:rsid w:val="00371C3F"/>
     <w:rsid w:val="003819AB"/>
     <w:rsid w:val="00383C74"/>
     <w:rsid w:val="0038787C"/>
     <w:rsid w:val="0039726D"/>
     <w:rsid w:val="003A799E"/>
@@ -5336,91 +5276,94 @@
     <w:rsid w:val="00550E89"/>
     <w:rsid w:val="005544A8"/>
     <w:rsid w:val="00561958"/>
     <w:rsid w:val="00564A7F"/>
     <w:rsid w:val="00571ED8"/>
     <w:rsid w:val="00594D7C"/>
     <w:rsid w:val="005A049C"/>
     <w:rsid w:val="005A1C4E"/>
     <w:rsid w:val="005A79B9"/>
     <w:rsid w:val="005B3031"/>
     <w:rsid w:val="005B3F97"/>
     <w:rsid w:val="005B5658"/>
     <w:rsid w:val="005B5EE0"/>
     <w:rsid w:val="005C345A"/>
     <w:rsid w:val="005C4B5E"/>
     <w:rsid w:val="005D28BF"/>
     <w:rsid w:val="005D2C61"/>
     <w:rsid w:val="005D5EAA"/>
     <w:rsid w:val="005D7B77"/>
     <w:rsid w:val="005E6A1A"/>
     <w:rsid w:val="005F4C38"/>
     <w:rsid w:val="005F61A8"/>
     <w:rsid w:val="00601035"/>
     <w:rsid w:val="006059DF"/>
     <w:rsid w:val="00634F26"/>
+    <w:rsid w:val="00641402"/>
     <w:rsid w:val="00644E43"/>
     <w:rsid w:val="00655BE4"/>
     <w:rsid w:val="00655C9B"/>
     <w:rsid w:val="006564BC"/>
     <w:rsid w:val="00673981"/>
     <w:rsid w:val="00674378"/>
     <w:rsid w:val="00677A94"/>
     <w:rsid w:val="006907CB"/>
     <w:rsid w:val="00690AEC"/>
     <w:rsid w:val="0069271D"/>
     <w:rsid w:val="00696905"/>
     <w:rsid w:val="006A329E"/>
     <w:rsid w:val="006A5824"/>
     <w:rsid w:val="006B3B84"/>
     <w:rsid w:val="006C22A1"/>
     <w:rsid w:val="006D7E68"/>
     <w:rsid w:val="006E1771"/>
     <w:rsid w:val="006E19D3"/>
     <w:rsid w:val="006E79FA"/>
     <w:rsid w:val="00701048"/>
     <w:rsid w:val="0070207E"/>
     <w:rsid w:val="00705B04"/>
     <w:rsid w:val="0072051B"/>
     <w:rsid w:val="00735838"/>
     <w:rsid w:val="00740BD4"/>
     <w:rsid w:val="00743F95"/>
     <w:rsid w:val="00746927"/>
     <w:rsid w:val="007517C8"/>
     <w:rsid w:val="0075391B"/>
     <w:rsid w:val="00754D7A"/>
     <w:rsid w:val="00754D8D"/>
     <w:rsid w:val="007655E1"/>
     <w:rsid w:val="007730A2"/>
     <w:rsid w:val="00777734"/>
     <w:rsid w:val="0078275B"/>
     <w:rsid w:val="00785999"/>
     <w:rsid w:val="00795B8F"/>
     <w:rsid w:val="007A1449"/>
     <w:rsid w:val="007A1B41"/>
     <w:rsid w:val="007A29BC"/>
     <w:rsid w:val="007A4A8D"/>
+    <w:rsid w:val="007B08E1"/>
+    <w:rsid w:val="007B4097"/>
     <w:rsid w:val="007B6994"/>
     <w:rsid w:val="007C0947"/>
     <w:rsid w:val="007D020E"/>
     <w:rsid w:val="007D3554"/>
     <w:rsid w:val="007E0771"/>
     <w:rsid w:val="007E1748"/>
     <w:rsid w:val="007E2EC1"/>
     <w:rsid w:val="007E3FEB"/>
     <w:rsid w:val="007E7A4D"/>
     <w:rsid w:val="007F139D"/>
     <w:rsid w:val="007F6C65"/>
     <w:rsid w:val="007F711D"/>
     <w:rsid w:val="00803042"/>
     <w:rsid w:val="00815C8E"/>
     <w:rsid w:val="008212F8"/>
     <w:rsid w:val="008212FF"/>
     <w:rsid w:val="0083259D"/>
     <w:rsid w:val="008343CE"/>
     <w:rsid w:val="00854524"/>
     <w:rsid w:val="00854BD7"/>
     <w:rsid w:val="008669CF"/>
     <w:rsid w:val="00871F97"/>
     <w:rsid w:val="00875F7F"/>
     <w:rsid w:val="008855A2"/>
     <w:rsid w:val="008878A9"/>
@@ -5446,50 +5389,51 @@
     <w:rsid w:val="0093208B"/>
     <w:rsid w:val="00934153"/>
     <w:rsid w:val="009465F0"/>
     <w:rsid w:val="009536FF"/>
     <w:rsid w:val="0095674B"/>
     <w:rsid w:val="00956B55"/>
     <w:rsid w:val="009605E3"/>
     <w:rsid w:val="00965107"/>
     <w:rsid w:val="00974620"/>
     <w:rsid w:val="00985CE8"/>
     <w:rsid w:val="009860C8"/>
     <w:rsid w:val="009915D4"/>
     <w:rsid w:val="00995944"/>
     <w:rsid w:val="009A1A18"/>
     <w:rsid w:val="009C6139"/>
     <w:rsid w:val="009D2915"/>
     <w:rsid w:val="009F131F"/>
     <w:rsid w:val="00A02706"/>
     <w:rsid w:val="00A104D9"/>
     <w:rsid w:val="00A108FB"/>
     <w:rsid w:val="00A201E4"/>
     <w:rsid w:val="00A246A6"/>
     <w:rsid w:val="00A3009D"/>
     <w:rsid w:val="00A32815"/>
     <w:rsid w:val="00A34072"/>
+    <w:rsid w:val="00A37ACC"/>
     <w:rsid w:val="00A47D00"/>
     <w:rsid w:val="00A57547"/>
     <w:rsid w:val="00A63995"/>
     <w:rsid w:val="00A64D05"/>
     <w:rsid w:val="00A6632B"/>
     <w:rsid w:val="00A75671"/>
     <w:rsid w:val="00A76C75"/>
     <w:rsid w:val="00A849F7"/>
     <w:rsid w:val="00A84BF7"/>
     <w:rsid w:val="00A9660E"/>
     <w:rsid w:val="00A978D7"/>
     <w:rsid w:val="00AA1255"/>
     <w:rsid w:val="00AA7491"/>
     <w:rsid w:val="00AC3248"/>
     <w:rsid w:val="00AC3852"/>
     <w:rsid w:val="00AD3B31"/>
     <w:rsid w:val="00AD43DE"/>
     <w:rsid w:val="00AD5289"/>
     <w:rsid w:val="00AD5323"/>
     <w:rsid w:val="00AD543E"/>
     <w:rsid w:val="00AE49BF"/>
     <w:rsid w:val="00AE5FEE"/>
     <w:rsid w:val="00AE72FC"/>
     <w:rsid w:val="00AE7A7B"/>
     <w:rsid w:val="00AF09CA"/>
@@ -5590,90 +5534,91 @@
     <w:rsid w:val="00E905B7"/>
     <w:rsid w:val="00E961B8"/>
     <w:rsid w:val="00EA049E"/>
     <w:rsid w:val="00EA30F5"/>
     <w:rsid w:val="00EA31FD"/>
     <w:rsid w:val="00EA68EC"/>
     <w:rsid w:val="00EC27AF"/>
     <w:rsid w:val="00ED0352"/>
     <w:rsid w:val="00EE290C"/>
     <w:rsid w:val="00EE4A0D"/>
     <w:rsid w:val="00F23839"/>
     <w:rsid w:val="00F27E46"/>
     <w:rsid w:val="00F31800"/>
     <w:rsid w:val="00F475AF"/>
     <w:rsid w:val="00F547EF"/>
     <w:rsid w:val="00F55E8E"/>
     <w:rsid w:val="00F70FB1"/>
     <w:rsid w:val="00F749D1"/>
     <w:rsid w:val="00F84FC3"/>
     <w:rsid w:val="00F91A92"/>
     <w:rsid w:val="00FA1192"/>
     <w:rsid w:val="00FC1165"/>
     <w:rsid w:val="00FC1469"/>
     <w:rsid w:val="00FC1A28"/>
     <w:rsid w:val="00FC26B4"/>
+    <w:rsid w:val="00FD269E"/>
     <w:rsid w:val="00FD4325"/>
     <w:rsid w:val="00FE019B"/>
     <w:rsid w:val="00FE0B40"/>
     <w:rsid w:val="00FE28C1"/>
     <w:rsid w:val="00FE2FD2"/>
     <w:rsid w:val="00FE3185"/>
     <w:rsid w:val="00FE3791"/>
     <w:rsid w:val="00FF017C"/>
     <w:rsid w:val="00FF1189"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1F96ECB2"/>
   <w15:docId w15:val="{31F083A2-5DAE-46F1-B6D7-6B93D61AAD36}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:lang w:val="sv-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8425,51 +8370,51 @@
     <w:basedOn w:val="VakiosisennysChar"/>
     <w:link w:val="Tyyli3"/>
     <w:rsid w:val="000332E8"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:lang w:val="sv-FI"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Muutos">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009F131F"/>
     <w:rPr>
       <w:rFonts w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="5908473">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="8682385">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11828,51 +11773,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2134595451">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\03060055\AppData\Roaming\Microsoft\Templates\1Energiavirasto\Asiakirja.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-teema">
   <a:themeElements>
     <a:clrScheme name="energiavirasto">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -12141,233 +12086,117 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-  <documentManagement>
-[...4 lines deleted...]
-  </documentManagement>
+  <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100548D545B624AB244A21D45171E99030B" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f31ad686a0813adf348ec2a81815f8a6">
-[...2 lines deleted...]
-    <xsd:import namespace="492ee864-9a00-4053-8292-33da4057805d"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Asiakirja" ma:contentTypeID="0x010100293457B14A948044BCF1CB5AAB9C05AA" ma:contentTypeVersion="3" ma:contentTypeDescription="Luo uusi asiakirja." ma:contentTypeScope="" ma:versionID="e272bbbef5f72c0323c994faa26e72cc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6d3898d9-6414-4f5d-8d9f-a67c78092198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="11fb8890586de429604fb14097ab2e83" ns2:_="">
+    <xsd:import namespace="6d3898d9-6414-4f5d-8d9f-a67c78092198"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
-[...12 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f298ac1c-8781-457c-836a-c94febb0efd7" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6d3898d9-6414-4f5d-8d9f-a67c78092198" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
-[...36 lines deleted...]
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="19" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
-      </xsd:simpleType>
-[...57 lines deleted...]
-        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Sisältölaji"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Otsikko"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -12415,145 +12244,161 @@
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16FDB87F-D990-4A4C-9E33-05020209351C}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="492ee864-9a00-4053-8292-33da4057805d"/>
+    <ds:schemaRef ds:uri="6d3898d9-6414-4f5d-8d9f-a67c78092198"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="f298ac1c-8781-457c-836a-c94febb0efd7"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{45F226DD-22B3-4618-8A75-4734CD4023F1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{814F181C-A73C-4C46-AA4F-700F3879E586}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA49B80A-0DF7-4C38-AD80-C2E6BD0C2BCA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42BF93AA-0812-4F4B-A3B6-0C8535A8BAAD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="f298ac1c-8781-457c-836a-c94febb0efd7"/>
-    <ds:schemaRef ds:uri="492ee864-9a00-4053-8292-33da4057805d"/>
+    <ds:schemaRef ds:uri="6d3898d9-6414-4f5d-8d9f-a67c78092198"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Asiakirja.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>553</Words>
-  <Characters>4487</Characters>
+  <Characters>4486</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>37</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Otsikko</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Energiavirasto</vt:lpstr>
       <vt:lpstr>Energiavirasto</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Vanto Design</Manager>
   <Company>grow.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5030</CharactersWithSpaces>
+  <CharactersWithSpaces>5029</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Energiavirasto</dc:title>
   <dc:subject>asiakirja</dc:subject>
   <dc:creator>Siukola Tarvo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100548D545B624AB244A21D45171E99030B</vt:lpwstr>
+    <vt:lpwstr>0x010100293457B14A948044BCF1CB5AAB9C05AA</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="AuthorIds_UIVersion_1536">
     <vt:lpwstr>12</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="xd_ProgID">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TemplateUrl">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="xd_Signature">
+    <vt:bool>false</vt:bool>
+  </property>
 </Properties>
 </file>