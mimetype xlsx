--- v0 (2025-10-30)
+++ v1 (2026-01-02)
@@ -11,56 +11,56 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="docProps/core0.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
   <workbookPr codeName="TämäTyökirja" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\03197662\Work Folders\datawork2\shv_general\shv_tilastot\tilastot\2025-09_tilasto\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\03197662\Work Folders\datawork2\shv_general\shv_tilastot\tilastot\2025-11_tilasto\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0A9CAD00-1476-4A12-B571-A9B82420AB31}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3A13E555-DA96-413A-AE4F-2637D1ECE05F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="38295" yWindow="0" windowWidth="19410" windowHeight="20985" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sisältö" sheetId="6" r:id="rId1"/>
     <sheet name="Data toist.voim." sheetId="1" r:id="rId2"/>
     <sheet name="Data 1v" sheetId="2" r:id="rId3"/>
     <sheet name="Data 2v" sheetId="3" r:id="rId4"/>
     <sheet name="Tyyppikäyttäjien määrittelyt" sheetId="5" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="477" uniqueCount="41">
@@ -950,54 +950,54 @@
       <c r="B15" s="7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B16" s="7"/>
     </row>
     <row r="17" spans="2:2" ht="39" x14ac:dyDescent="0.25">
       <c r="B17" s="8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B19" s="8" t="s">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Taul2"/>
-  <dimension ref="B1:P247"/>
+  <dimension ref="B1:P249"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A210" workbookViewId="0">
-      <selection activeCell="J245" sqref="J245"/>
+    <sheetView showGridLines="0" topLeftCell="A210" workbookViewId="0">
+      <selection activeCell="E252" sqref="E252"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="6.7109375" customWidth="1"/>
     <col min="2" max="2" width="12.7109375" customWidth="1"/>
     <col min="3" max="9" width="6.7109375" customWidth="1"/>
     <col min="10" max="10" width="12.7109375" customWidth="1"/>
     <col min="11" max="16" width="6.7109375" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:16" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B2" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C2" s="11" t="s">
@@ -9834,64 +9834,110 @@
       </c>
     </row>
     <row r="247" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B247" s="9">
         <v>45901</v>
       </c>
       <c r="C247" s="15">
         <v>13.537617610236421</v>
       </c>
       <c r="D247" s="15">
         <v>11.919719790773369</v>
       </c>
       <c r="E247" s="15">
         <v>10.985811168413321</v>
       </c>
       <c r="F247" s="15">
         <v>10.799814811633601</v>
       </c>
       <c r="G247" s="15">
         <v>11.112170826387009</v>
       </c>
       <c r="H247" s="15">
         <v>10.78900677017119</v>
       </c>
     </row>
+    <row r="248" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B248" s="9">
+        <v>45931</v>
+      </c>
+      <c r="C248" s="15">
+        <v>13.448931843517441</v>
+      </c>
+      <c r="D248" s="15">
+        <v>11.8796033583225</v>
+      </c>
+      <c r="E248" s="15">
+        <v>10.967802375806629</v>
+      </c>
+      <c r="F248" s="15">
+        <v>10.79066719543354</v>
+      </c>
+      <c r="G248" s="15">
+        <v>11.13502390577168</v>
+      </c>
+      <c r="H248" s="15">
+        <v>10.764889369307401</v>
+      </c>
+    </row>
+    <row r="249" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B249" s="9">
+        <v>45962</v>
+      </c>
+      <c r="C249" s="15">
+        <v>15.100484926406571</v>
+      </c>
+      <c r="D249" s="15">
+        <v>13.393254526663339</v>
+      </c>
+      <c r="E249" s="15">
+        <v>12.25799048232472</v>
+      </c>
+      <c r="F249" s="15">
+        <v>12.04040535471542</v>
+      </c>
+      <c r="G249" s="15">
+        <v>12.50264640116124</v>
+      </c>
+      <c r="H249" s="15">
+        <v>12.14043670822889</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins left="1" right="1" top="1" bottom="1" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Taul3"/>
-  <dimension ref="B1:P247"/>
+  <dimension ref="B1:P249"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A214" workbookViewId="0">
-      <selection activeCell="C247" sqref="C247:H247"/>
+      <selection activeCell="I248" sqref="I248"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="6.7109375" customWidth="1"/>
     <col min="2" max="2" width="12.7109375" customWidth="1"/>
     <col min="3" max="9" width="6.7109375" customWidth="1"/>
     <col min="10" max="10" width="12.7109375" customWidth="1"/>
     <col min="11" max="16" width="6.7109375" customWidth="1"/>
     <col min="17" max="17" width="8.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:16" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B2" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C2" s="11" t="s">
@@ -18742,64 +18788,110 @@
       </c>
     </row>
     <row r="247" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B247" s="9">
         <v>45901</v>
       </c>
       <c r="C247" s="15">
         <v>10.977873148395171</v>
       </c>
       <c r="D247" s="15">
         <v>9.4930636902998025</v>
       </c>
       <c r="E247" s="15">
         <v>8.7859890327047037</v>
       </c>
       <c r="F247" s="15">
         <v>8.7026259627596083</v>
       </c>
       <c r="G247" s="15">
         <v>8.9988590176481367</v>
       </c>
       <c r="H247" s="15">
         <v>8.6059986926769874</v>
       </c>
     </row>
+    <row r="248" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B248" s="9">
+        <v>45931</v>
+      </c>
+      <c r="C248" s="15">
+        <v>11.29601149576161</v>
+      </c>
+      <c r="D248" s="15">
+        <v>9.7022731767598742</v>
+      </c>
+      <c r="E248" s="15">
+        <v>8.9630953999098182</v>
+      </c>
+      <c r="F248" s="15">
+        <v>8.8797231492002862</v>
+      </c>
+      <c r="G248" s="15">
+        <v>9.1751487261587332</v>
+      </c>
+      <c r="H248" s="15">
+        <v>8.8444241128058234</v>
+      </c>
+    </row>
+    <row r="249" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B249" s="9">
+        <v>45962</v>
+      </c>
+      <c r="C249" s="15">
+        <v>11.16622337783374</v>
+      </c>
+      <c r="D249" s="15">
+        <v>9.4986938419343652</v>
+      </c>
+      <c r="E249" s="15">
+        <v>8.7615335797458958</v>
+      </c>
+      <c r="F249" s="15">
+        <v>8.6783851243733583</v>
+      </c>
+      <c r="G249" s="15">
+        <v>8.9806857563050873</v>
+      </c>
+      <c r="H249" s="15">
+        <v>8.5623634012107352</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins left="1" right="1" top="1" bottom="1" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Taul4"/>
-  <dimension ref="B1:P247"/>
+  <dimension ref="B1:P249"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A205" workbookViewId="0">
-      <selection activeCell="C247" sqref="C247:H247"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A220" workbookViewId="0">
+      <selection activeCell="F251" sqref="F251"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="6.7109375" customWidth="1"/>
     <col min="2" max="2" width="12.7109375" customWidth="1"/>
     <col min="3" max="9" width="6.7109375" customWidth="1"/>
     <col min="10" max="10" width="12.7109375" customWidth="1"/>
     <col min="11" max="16" width="6.7109375" customWidth="1"/>
     <col min="17" max="17" width="8.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B2" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C2" s="11" t="s">
@@ -27648,50 +27740,96 @@
       <c r="H246" s="15">
         <v>8.3937225555555557</v>
       </c>
     </row>
     <row r="247" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B247" s="9">
         <v>45901</v>
       </c>
       <c r="C247" s="15">
         <v>10.4933772890868</v>
       </c>
       <c r="D247" s="15">
         <v>9.0446195994040703</v>
       </c>
       <c r="E247" s="15">
         <v>8.2982323869030736</v>
       </c>
       <c r="F247" s="15">
         <v>8.2023923492924897</v>
       </c>
       <c r="G247" s="15">
         <v>8.5386006600444642</v>
       </c>
       <c r="H247" s="15">
         <v>8.1706831112812086</v>
+      </c>
+    </row>
+    <row r="248" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B248" s="9">
+        <v>45931</v>
+      </c>
+      <c r="C248" s="15">
+        <v>10.83799002414489</v>
+      </c>
+      <c r="D248" s="15">
+        <v>9.1958767881208505</v>
+      </c>
+      <c r="E248" s="15">
+        <v>8.400233914120312</v>
+      </c>
+      <c r="F248" s="15">
+        <v>8.3093664976573436</v>
+      </c>
+      <c r="G248" s="15">
+        <v>8.6289402073122901</v>
+      </c>
+      <c r="H248" s="15">
+        <v>8.3999860085970806</v>
+      </c>
+    </row>
+    <row r="249" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B249" s="9">
+        <v>45962</v>
+      </c>
+      <c r="C249" s="15">
+        <v>10.711541269502391</v>
+      </c>
+      <c r="D249" s="15">
+        <v>9.0391427486251352</v>
+      </c>
+      <c r="E249" s="15">
+        <v>8.204738236190078</v>
+      </c>
+      <c r="F249" s="15">
+        <v>8.11224109322022</v>
+      </c>
+      <c r="G249" s="15">
+        <v>8.4572959951919415</v>
+      </c>
+      <c r="H249" s="15">
+        <v>8.1607539905173585</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="1" right="1" top="1" bottom="1" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ACD6DD2A-9931-4A8D-9C8A-1E065CC8DA7C}">
   <sheetPr codeName="Taul5"/>
   <dimension ref="B3:Z24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A11" sqref="A11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="4" max="4" width="95.140625" customWidth="1"/>
     <col min="26" max="26" width="13.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="2:26" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
@@ -27867,70 +28005,61 @@
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="F3:U3"/>
     <mergeCell ref="H5:W5"/>
     <mergeCell ref="H7:W7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="f298ac1c-8781-457c-836a-c94febb0efd7">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="492ee864-9a00-4053-8292-33da4057805d" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Asiakirja" ma:contentTypeID="0x010100548D545B624AB244A21D45171E99030B" ma:contentTypeVersion="16" ma:contentTypeDescription="Luo uusi asiakirja." ma:contentTypeScope="" ma:versionID="8792ddea00f58bb6d3df446caf62c379">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f298ac1c-8781-457c-836a-c94febb0efd7" xmlns:ns3="492ee864-9a00-4053-8292-33da4057805d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4e0ef6e7a5cf5e7b99538e7e4ca74cb4" ns2:_="" ns3:_="">
     <xsd:import namespace="f298ac1c-8781-457c-836a-c94febb0efd7"/>
     <xsd:import namespace="492ee864-9a00-4053-8292-33da4057805d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
@@ -28129,90 +28258,99 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3310C12-5B54-4880-BD7C-BF68C09C1323}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="f298ac1c-8781-457c-836a-c94febb0efd7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="492ee864-9a00-4053-8292-33da4057805d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74C1DFB6-528F-4B0E-8050-1C30D3EAB5AB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="f298ac1c-8781-457c-836a-c94febb0efd7"/>
     <ds:schemaRef ds:uri="492ee864-9a00-4053-8292-33da4057805d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB23778E-8CD6-401D-893C-54272D8CE7F2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Laskentataulukot</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>Sisältö</vt:lpstr>
       <vt:lpstr>Data toist.voim.</vt:lpstr>
       <vt:lpstr>Data 1v</vt:lpstr>
       <vt:lpstr>Data 2v</vt:lpstr>