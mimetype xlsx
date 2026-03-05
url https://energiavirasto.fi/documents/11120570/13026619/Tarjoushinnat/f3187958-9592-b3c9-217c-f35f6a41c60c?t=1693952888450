--- v1 (2026-01-02)
+++ v2 (2026-03-05)
@@ -11,56 +11,56 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="docProps/core0.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
   <workbookPr codeName="TämäTyökirja" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\03197662\Work Folders\datawork2\shv_general\shv_tilastot\tilastot\2025-11_tilasto\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\03197662\Work Folders\datawork2\shv_general\shv_tilastot\tilastot\2026-02_tilasto\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3A13E555-DA96-413A-AE4F-2637D1ECE05F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DFFE658E-93F2-4B23-8315-A6B5883ADD6A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="38295" yWindow="0" windowWidth="19410" windowHeight="20985" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="57495" yWindow="0" windowWidth="19410" windowHeight="20985" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sisältö" sheetId="6" r:id="rId1"/>
     <sheet name="Data toist.voim." sheetId="1" r:id="rId2"/>
     <sheet name="Data 1v" sheetId="2" r:id="rId3"/>
     <sheet name="Data 2v" sheetId="3" r:id="rId4"/>
     <sheet name="Tyyppikäyttäjien määrittelyt" sheetId="5" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="477" uniqueCount="41">
@@ -950,54 +950,54 @@
       <c r="B15" s="7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B16" s="7"/>
     </row>
     <row r="17" spans="2:2" ht="39" x14ac:dyDescent="0.25">
       <c r="B17" s="8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B19" s="8" t="s">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Taul2"/>
-  <dimension ref="B1:P249"/>
+  <dimension ref="B1:P252"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A210" workbookViewId="0">
-      <selection activeCell="E252" sqref="E252"/>
+      <selection activeCell="J251" sqref="J251"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="6.7109375" customWidth="1"/>
     <col min="2" max="2" width="12.7109375" customWidth="1"/>
     <col min="3" max="9" width="6.7109375" customWidth="1"/>
     <col min="10" max="10" width="12.7109375" customWidth="1"/>
     <col min="11" max="16" width="6.7109375" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:16" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B2" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C2" s="11" t="s">
@@ -9540,135 +9540,135 @@
       </c>
       <c r="C234" s="11" t="s">
         <v>11</v>
       </c>
       <c r="D234" s="11" t="s">
         <v>12</v>
       </c>
       <c r="E234" s="11" t="s">
         <v>13</v>
       </c>
       <c r="F234" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G234" s="11" t="s">
         <v>15</v>
       </c>
       <c r="H234" s="11" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="235" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B235" s="9">
         <v>45536</v>
       </c>
       <c r="C235" s="15">
-        <v>14.090528412244019</v>
+        <v>14.033038660920131</v>
       </c>
       <c r="D235" s="15">
-        <v>12.22294213688874</v>
+        <v>12.5563624709197</v>
       </c>
       <c r="E235" s="15">
-        <v>11.49823489782729</v>
+        <v>11.76324174502305</v>
       </c>
       <c r="F235" s="15">
-        <v>11.26358925514049</v>
+        <v>11.549838338012149</v>
       </c>
       <c r="G235" s="15">
-        <v>11.759211138377591</v>
+        <v>11.969170958360291</v>
       </c>
       <c r="H235" s="15">
-        <v>11.496341662902889</v>
+        <v>11.625434032693009</v>
       </c>
     </row>
     <row r="236" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B236" s="9">
         <v>45566</v>
       </c>
       <c r="C236" s="15">
-        <v>13.942069434039031</v>
+        <v>13.821174048274811</v>
       </c>
       <c r="D236" s="15">
-        <v>12.175052628652461</v>
+        <v>12.448169906815631</v>
       </c>
       <c r="E236" s="15">
-        <v>11.89003017802367</v>
+        <v>12.079736127723161</v>
       </c>
       <c r="F236" s="15">
-        <v>11.68331910376134</v>
+        <v>11.90038938074815</v>
       </c>
       <c r="G236" s="15">
-        <v>11.49868163628266</v>
+        <v>11.65336369731437</v>
       </c>
       <c r="H236" s="15">
-        <v>11.813677530111949</v>
+        <v>11.88003146857622</v>
       </c>
     </row>
     <row r="237" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B237" s="9">
         <v>45597</v>
       </c>
       <c r="C237" s="15">
-        <v>14.83321175800311</v>
+        <v>14.768077748045579</v>
       </c>
       <c r="D237" s="15">
-        <v>13.638300479662361</v>
+        <v>13.769710837076209</v>
       </c>
       <c r="E237" s="15">
-        <v>12.87218545005307</v>
+        <v>12.835657752328039</v>
       </c>
       <c r="F237" s="15">
-        <v>12.65005548060854</v>
+        <v>12.613710318443131</v>
       </c>
       <c r="G237" s="15">
-        <v>13.02171223806892</v>
+        <v>13.174522833833461</v>
       </c>
       <c r="H237" s="15">
-        <v>12.7858525518403</v>
+        <v>12.756876103132081</v>
       </c>
     </row>
     <row r="238" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B238" s="9">
         <v>45627</v>
       </c>
       <c r="C238" s="15">
-        <v>15.382505914331849</v>
+        <v>15.464972057229041</v>
       </c>
       <c r="D238" s="15">
-        <v>13.74620187495878</v>
+        <v>13.944791805123421</v>
       </c>
       <c r="E238" s="15">
-        <v>12.95079627382165</v>
+        <v>13.10933853424376</v>
       </c>
       <c r="F238" s="15">
-        <v>12.740215436706981</v>
+        <v>12.89104484591436</v>
       </c>
       <c r="G238" s="15">
-        <v>13.015716100122299</v>
+        <v>13.31378382517193</v>
       </c>
       <c r="H238" s="15">
-        <v>12.738856118562611</v>
+        <v>13.00027014347571</v>
       </c>
     </row>
     <row r="239" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B239" s="9">
         <v>45658</v>
       </c>
       <c r="C239" s="15">
         <v>16.141354787518441</v>
       </c>
       <c r="D239" s="15">
         <v>14.49025208767587</v>
       </c>
       <c r="E239" s="15">
         <v>13.597725066367531</v>
       </c>
       <c r="F239" s="15">
         <v>13.35286067485535</v>
       </c>
       <c r="G239" s="15">
         <v>13.8865788208595</v>
       </c>
       <c r="H239" s="15">
         <v>13.578806503814119</v>
       </c>
     </row>
@@ -9878,66 +9878,135 @@
       <c r="H248" s="15">
         <v>10.764889369307401</v>
       </c>
     </row>
     <row r="249" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B249" s="9">
         <v>45962</v>
       </c>
       <c r="C249" s="15">
         <v>15.100484926406571</v>
       </c>
       <c r="D249" s="15">
         <v>13.393254526663339</v>
       </c>
       <c r="E249" s="15">
         <v>12.25799048232472</v>
       </c>
       <c r="F249" s="15">
         <v>12.04040535471542</v>
       </c>
       <c r="G249" s="15">
         <v>12.50264640116124</v>
       </c>
       <c r="H249" s="15">
         <v>12.14043670822889</v>
+      </c>
+    </row>
+    <row r="250" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B250" s="9">
+        <v>45992</v>
+      </c>
+      <c r="C250" s="15">
+        <v>16.220934274149851</v>
+      </c>
+      <c r="D250" s="15">
+        <v>14.139561175464509</v>
+      </c>
+      <c r="E250" s="15">
+        <v>12.791963821731301</v>
+      </c>
+      <c r="F250" s="15">
+        <v>12.572961359398461</v>
+      </c>
+      <c r="G250" s="15">
+        <v>13.09629099661894</v>
+      </c>
+      <c r="H250" s="15">
+        <v>12.70388727758303</v>
+      </c>
+    </row>
+    <row r="251" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B251" s="9">
+        <v>46023</v>
+      </c>
+      <c r="C251" s="15">
+        <v>15.51413835047183</v>
+      </c>
+      <c r="D251" s="15">
+        <v>13.633610223219179</v>
+      </c>
+      <c r="E251" s="15">
+        <v>12.497639984320379</v>
+      </c>
+      <c r="F251" s="15">
+        <v>12.273375418827319</v>
+      </c>
+      <c r="G251" s="15">
+        <v>12.689290321899231</v>
+      </c>
+      <c r="H251" s="15">
+        <v>12.285354091918769</v>
+      </c>
+    </row>
+    <row r="252" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B252" s="9">
+        <v>46054</v>
+      </c>
+      <c r="C252" s="15">
+        <v>15.879913684283601</v>
+      </c>
+      <c r="D252" s="15">
+        <v>14.131304244996199</v>
+      </c>
+      <c r="E252" s="15">
+        <v>13.10433124957882</v>
+      </c>
+      <c r="F252" s="15">
+        <v>12.87936426407942</v>
+      </c>
+      <c r="G252" s="15">
+        <v>13.357138809187081</v>
+      </c>
+      <c r="H252" s="15">
+        <v>12.970289274775739</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="1" right="1" top="1" bottom="1" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Taul3"/>
-  <dimension ref="B1:P249"/>
+  <dimension ref="B1:P252"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A214" workbookViewId="0">
-      <selection activeCell="I248" sqref="I248"/>
+      <selection activeCell="C252" sqref="C252:H252"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="6.7109375" customWidth="1"/>
     <col min="2" max="2" width="12.7109375" customWidth="1"/>
     <col min="3" max="9" width="6.7109375" customWidth="1"/>
     <col min="10" max="10" width="12.7109375" customWidth="1"/>
     <col min="11" max="16" width="6.7109375" customWidth="1"/>
     <col min="17" max="17" width="8.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:16" ht="11.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B2" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C2" s="11" t="s">
@@ -18494,135 +18563,135 @@
       </c>
       <c r="C234" s="11" t="s">
         <v>11</v>
       </c>
       <c r="D234" s="11" t="s">
         <v>12</v>
       </c>
       <c r="E234" s="11" t="s">
         <v>13</v>
       </c>
       <c r="F234" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G234" s="11" t="s">
         <v>15</v>
       </c>
       <c r="H234" s="11" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="235" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B235" s="9">
         <v>45536</v>
       </c>
       <c r="C235" s="15">
-        <v>11.99174560465722</v>
+        <v>12.027919805940339</v>
       </c>
       <c r="D235" s="15">
-        <v>9.7632302404550124</v>
+        <v>9.8318327650532531</v>
       </c>
       <c r="E235" s="15">
-        <v>8.893164022461308</v>
+        <v>8.8922335061355309</v>
       </c>
       <c r="F235" s="15">
-        <v>8.8023861871470697</v>
+        <v>8.7905432022354706</v>
       </c>
       <c r="G235" s="15">
-        <v>9.3045689078035085</v>
+        <v>9.2664432266743866</v>
       </c>
       <c r="H235" s="15">
-        <v>8.7317272411630587</v>
+        <v>8.7642922714672267</v>
       </c>
     </row>
     <row r="236" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B236" s="9">
         <v>45566</v>
       </c>
       <c r="C236" s="15">
-        <v>12.285519845493059</v>
+        <v>12.240382343388029</v>
       </c>
       <c r="D236" s="15">
-        <v>9.9813208767909831</v>
+        <v>10.138956271011621</v>
       </c>
       <c r="E236" s="15">
-        <v>9.0613854068043853</v>
+        <v>9.0529059487579655</v>
       </c>
       <c r="F236" s="15">
-        <v>8.9721486908851347</v>
+        <v>8.9559241399801905</v>
       </c>
       <c r="G236" s="15">
-        <v>9.7048764977749666</v>
+        <v>9.5282501081694253</v>
       </c>
       <c r="H236" s="15">
-        <v>9.5506513287995585</v>
+        <v>9.3176156966265555</v>
       </c>
     </row>
     <row r="237" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B237" s="9">
         <v>45597</v>
       </c>
       <c r="C237" s="15">
-        <v>12.245845710716541</v>
+        <v>12.22301727178513</v>
       </c>
       <c r="D237" s="15">
-        <v>10.01582162998128</v>
+        <v>10.07081248837398</v>
       </c>
       <c r="E237" s="15">
-        <v>8.9859311229227359</v>
+        <v>9.1206981896034858</v>
       </c>
       <c r="F237" s="15">
-        <v>8.8935467452210943</v>
+        <v>9.0272849028972821</v>
       </c>
       <c r="G237" s="15">
-        <v>9.6476693115462542</v>
+        <v>9.3867629662846248</v>
       </c>
       <c r="H237" s="15">
-        <v>9.1596207837427635</v>
+        <v>8.899268652586084</v>
       </c>
     </row>
     <row r="238" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B238" s="9">
         <v>45627</v>
       </c>
       <c r="C238" s="15">
-        <v>11.951166263762721</v>
+        <v>11.950443181305539</v>
       </c>
       <c r="D238" s="15">
-        <v>10.19565297201266</v>
+        <v>10.11181631319644</v>
       </c>
       <c r="E238" s="15">
-        <v>9.2772569347642726</v>
+        <v>9.2648782630811279</v>
       </c>
       <c r="F238" s="15">
-        <v>9.1842554525616791</v>
+        <v>9.1727231832277205</v>
       </c>
       <c r="G238" s="15">
-        <v>9.1092343881894049</v>
+        <v>9.2443376815036054</v>
       </c>
       <c r="H238" s="15">
-        <v>8.9303589720120424</v>
+        <v>8.8093012150976389</v>
       </c>
     </row>
     <row r="239" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B239" s="9">
         <v>45658</v>
       </c>
       <c r="C239" s="15">
         <v>11.56883081576755</v>
       </c>
       <c r="D239" s="15">
         <v>9.9374595722892494</v>
       </c>
       <c r="E239" s="15">
         <v>9.1007367417589524</v>
       </c>
       <c r="F239" s="15">
         <v>9.010338558671819</v>
       </c>
       <c r="G239" s="15">
         <v>9.1378411647883517</v>
       </c>
       <c r="H239" s="15">
         <v>9.0977144380885271</v>
       </c>
     </row>
@@ -18832,66 +18901,135 @@
       <c r="H248" s="15">
         <v>8.8444241128058234</v>
       </c>
     </row>
     <row r="249" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B249" s="9">
         <v>45962</v>
       </c>
       <c r="C249" s="15">
         <v>11.16622337783374</v>
       </c>
       <c r="D249" s="15">
         <v>9.4986938419343652</v>
       </c>
       <c r="E249" s="15">
         <v>8.7615335797458958</v>
       </c>
       <c r="F249" s="15">
         <v>8.6783851243733583</v>
       </c>
       <c r="G249" s="15">
         <v>8.9806857563050873</v>
       </c>
       <c r="H249" s="15">
         <v>8.5623634012107352</v>
+      </c>
+    </row>
+    <row r="250" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B250" s="9">
+        <v>45992</v>
+      </c>
+      <c r="C250" s="15">
+        <v>10.57429326599024</v>
+      </c>
+      <c r="D250" s="15">
+        <v>8.9497768896291312</v>
+      </c>
+      <c r="E250" s="15">
+        <v>8.2194293438382893</v>
+      </c>
+      <c r="F250" s="15">
+        <v>8.143866069872379</v>
+      </c>
+      <c r="G250" s="15">
+        <v>8.4244548182521282</v>
+      </c>
+      <c r="H250" s="15">
+        <v>8.1675646848076422</v>
+      </c>
+    </row>
+    <row r="251" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B251" s="9">
+        <v>46023</v>
+      </c>
+      <c r="C251" s="15">
+        <v>9.8962392096638183</v>
+      </c>
+      <c r="D251" s="15">
+        <v>8.2311146323932576</v>
+      </c>
+      <c r="E251" s="15">
+        <v>7.4790273799351068</v>
+      </c>
+      <c r="F251" s="15">
+        <v>7.402519234377321</v>
+      </c>
+      <c r="G251" s="15">
+        <v>7.6999443896442141</v>
+      </c>
+      <c r="H251" s="15">
+        <v>7.3329106603246146</v>
+      </c>
+    </row>
+    <row r="252" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B252" s="9">
+        <v>46054</v>
+      </c>
+      <c r="C252" s="15">
+        <v>11.65645387649619</v>
+      </c>
+      <c r="D252" s="15">
+        <v>9.7881978519844814</v>
+      </c>
+      <c r="E252" s="15">
+        <v>8.7858113866299643</v>
+      </c>
+      <c r="F252" s="15">
+        <v>8.7037054110982321</v>
+      </c>
+      <c r="G252" s="15">
+        <v>9.0895052084739891</v>
+      </c>
+      <c r="H252" s="15">
+        <v>8.7223079836697668</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="1" right="1" top="1" bottom="1" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Taul4"/>
-  <dimension ref="B1:P249"/>
+  <dimension ref="B1:P252"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A220" workbookViewId="0">
-      <selection activeCell="F251" sqref="F251"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A217" workbookViewId="0">
+      <selection activeCell="J248" sqref="J248"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="6.7109375" customWidth="1"/>
     <col min="2" max="2" width="12.7109375" customWidth="1"/>
     <col min="3" max="9" width="6.7109375" customWidth="1"/>
     <col min="10" max="10" width="12.7109375" customWidth="1"/>
     <col min="11" max="16" width="6.7109375" customWidth="1"/>
     <col min="17" max="17" width="8.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B2" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C2" s="11" t="s">
@@ -27448,135 +27586,135 @@
       </c>
       <c r="C234" s="11" t="s">
         <v>11</v>
       </c>
       <c r="D234" s="11" t="s">
         <v>12</v>
       </c>
       <c r="E234" s="11" t="s">
         <v>13</v>
       </c>
       <c r="F234" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G234" s="11" t="s">
         <v>15</v>
       </c>
       <c r="H234" s="11" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="235" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B235" s="9">
         <v>45536</v>
       </c>
       <c r="C235" s="15">
-        <v>11.631502611343169</v>
+        <v>11.634412624725639</v>
       </c>
       <c r="D235" s="15">
-        <v>9.6316320951590964</v>
+        <v>9.6241157940663182</v>
       </c>
       <c r="E235" s="15">
-        <v>8.7042728558867104</v>
+        <v>8.7337274054974294</v>
       </c>
       <c r="F235" s="15">
-        <v>8.6223672528271358</v>
+        <v>8.6510256979223481</v>
       </c>
       <c r="G235" s="15">
-        <v>9.1799188679859665</v>
+        <v>9.0849560442404798</v>
       </c>
       <c r="H235" s="15">
-        <v>8.6143938621391865</v>
+        <v>8.6498880840663794</v>
       </c>
     </row>
     <row r="236" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B236" s="9">
         <v>45566</v>
       </c>
       <c r="C236" s="15">
-        <v>11.99748657895559</v>
+        <v>11.96332291641288</v>
       </c>
       <c r="D236" s="15">
-        <v>9.9995183640976695</v>
+        <v>10.07691706067539</v>
       </c>
       <c r="E236" s="15">
-        <v>9.068376824377923</v>
+        <v>9.1153354249647158</v>
       </c>
       <c r="F236" s="15">
-        <v>8.9264009321572324</v>
+        <v>8.9690160949562348</v>
       </c>
       <c r="G236" s="15">
-        <v>9.563564751822426</v>
+        <v>9.5472893327548132</v>
       </c>
       <c r="H236" s="15">
-        <v>9.0792917152301893</v>
+        <v>9.0966743440001423</v>
       </c>
     </row>
     <row r="237" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B237" s="9">
         <v>45597</v>
       </c>
       <c r="C237" s="15">
-        <v>11.668088218324909</v>
+        <v>11.969075691880001</v>
       </c>
       <c r="D237" s="15">
-        <v>9.6809871576793949</v>
+        <v>9.7543418507001522</v>
       </c>
       <c r="E237" s="15">
-        <v>8.6516193062114741</v>
+        <v>8.7378824380125497</v>
       </c>
       <c r="F237" s="15">
-        <v>8.5580179421917215</v>
+        <v>8.6480522908404875</v>
       </c>
       <c r="G237" s="15">
-        <v>9.0715544888220681</v>
+        <v>9.1307984227800745</v>
       </c>
       <c r="H237" s="15">
-        <v>8.613017619572215</v>
+        <v>8.6396195686432709</v>
       </c>
     </row>
     <row r="238" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B238" s="9">
         <v>45627</v>
       </c>
       <c r="C238" s="15">
-        <v>11.564835881390479</v>
+        <v>11.868059613271321</v>
       </c>
       <c r="D238" s="15">
-        <v>9.6558612869074789</v>
+        <v>9.7404111536152236</v>
       </c>
       <c r="E238" s="15">
-        <v>8.7306785919880667</v>
+        <v>8.7911590826552359</v>
       </c>
       <c r="F238" s="15">
-        <v>8.6401005741121271</v>
+        <v>8.6975407672790119</v>
       </c>
       <c r="G238" s="15">
-        <v>8.9829351263301938</v>
+        <v>9.0815093602486794</v>
       </c>
       <c r="H238" s="15">
-        <v>8.5939360579540605</v>
+        <v>8.6298916813108164</v>
       </c>
     </row>
     <row r="239" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B239" s="9">
         <v>45658</v>
       </c>
       <c r="C239" s="15">
         <v>11.380755032574591</v>
       </c>
       <c r="D239" s="15">
         <v>9.6224193642635427</v>
       </c>
       <c r="E239" s="15">
         <v>8.7866159196695435</v>
       </c>
       <c r="F239" s="15">
         <v>8.6864881871470629</v>
       </c>
       <c r="G239" s="15">
         <v>8.9531386122546142</v>
       </c>
       <c r="H239" s="15">
         <v>8.7000708753215665</v>
       </c>
     </row>
@@ -27786,50 +27924,119 @@
       <c r="H248" s="15">
         <v>8.3999860085970806</v>
       </c>
     </row>
     <row r="249" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B249" s="9">
         <v>45962</v>
       </c>
       <c r="C249" s="15">
         <v>10.711541269502391</v>
       </c>
       <c r="D249" s="15">
         <v>9.0391427486251352</v>
       </c>
       <c r="E249" s="15">
         <v>8.204738236190078</v>
       </c>
       <c r="F249" s="15">
         <v>8.11224109322022</v>
       </c>
       <c r="G249" s="15">
         <v>8.4572959951919415</v>
       </c>
       <c r="H249" s="15">
         <v>8.1607539905173585</v>
+      </c>
+    </row>
+    <row r="250" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B250" s="9">
+        <v>45992</v>
+      </c>
+      <c r="C250" s="15">
+        <v>10.240436064055171</v>
+      </c>
+      <c r="D250" s="15">
+        <v>8.5538519084346873</v>
+      </c>
+      <c r="E250" s="15">
+        <v>7.6918335782868628</v>
+      </c>
+      <c r="F250" s="15">
+        <v>7.6033893129752794</v>
+      </c>
+      <c r="G250" s="15">
+        <v>7.949324485416172</v>
+      </c>
+      <c r="H250" s="15">
+        <v>7.6890586774173419</v>
+      </c>
+    </row>
+    <row r="251" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B251" s="9">
+        <v>46023</v>
+      </c>
+      <c r="C251" s="15">
+        <v>10.229882814182661</v>
+      </c>
+      <c r="D251" s="15">
+        <v>8.5061256899229942</v>
+      </c>
+      <c r="E251" s="15">
+        <v>7.6973826446989984</v>
+      </c>
+      <c r="F251" s="15">
+        <v>7.6023922319247594</v>
+      </c>
+      <c r="G251" s="15">
+        <v>7.9286723754413391</v>
+      </c>
+      <c r="H251" s="15">
+        <v>7.5055594339614782</v>
+      </c>
+    </row>
+    <row r="252" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B252" s="9">
+        <v>46054</v>
+      </c>
+      <c r="C252" s="15">
+        <v>10.71559873175117</v>
+      </c>
+      <c r="D252" s="15">
+        <v>9.0146415672406395</v>
+      </c>
+      <c r="E252" s="15">
+        <v>8.1229782220677045</v>
+      </c>
+      <c r="F252" s="15">
+        <v>8.0356256353932913</v>
+      </c>
+      <c r="G252" s="15">
+        <v>8.3946260274307978</v>
+      </c>
+      <c r="H252" s="15">
+        <v>8.0597768244236256</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="1" right="1" top="1" bottom="1" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ACD6DD2A-9931-4A8D-9C8A-1E065CC8DA7C}">
   <sheetPr codeName="Taul5"/>
   <dimension ref="B3:Z24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A11" sqref="A11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="4" max="4" width="95.140625" customWidth="1"/>
     <col min="26" max="26" width="13.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="2:26" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
@@ -28016,50 +28223,59 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="f298ac1c-8781-457c-836a-c94febb0efd7">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="492ee864-9a00-4053-8292-33da4057805d" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Asiakirja" ma:contentTypeID="0x010100548D545B624AB244A21D45171E99030B" ma:contentTypeVersion="16" ma:contentTypeDescription="Luo uusi asiakirja." ma:contentTypeScope="" ma:versionID="8792ddea00f58bb6d3df446caf62c379">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f298ac1c-8781-457c-836a-c94febb0efd7" xmlns:ns3="492ee864-9a00-4053-8292-33da4057805d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4e0ef6e7a5cf5e7b99538e7e4ca74cb4" ns2:_="" ns3:_="">
     <xsd:import namespace="f298ac1c-8781-457c-836a-c94febb0efd7"/>
     <xsd:import namespace="492ee864-9a00-4053-8292-33da4057805d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
@@ -28258,99 +28474,90 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3310C12-5B54-4880-BD7C-BF68C09C1323}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="f298ac1c-8781-457c-836a-c94febb0efd7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="492ee864-9a00-4053-8292-33da4057805d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB23778E-8CD6-401D-893C-54272D8CE7F2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74C1DFB6-528F-4B0E-8050-1C30D3EAB5AB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="f298ac1c-8781-457c-836a-c94febb0efd7"/>
     <ds:schemaRef ds:uri="492ee864-9a00-4053-8292-33da4057805d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Laskentataulukot</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>Sisältö</vt:lpstr>
       <vt:lpstr>Data toist.voim.</vt:lpstr>
       <vt:lpstr>Data 1v</vt:lpstr>
       <vt:lpstr>Data 2v</vt:lpstr>