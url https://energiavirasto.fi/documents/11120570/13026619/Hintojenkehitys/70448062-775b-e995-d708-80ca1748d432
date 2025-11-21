--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -9,56 +9,56 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="docProps/core0.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
   <workbookPr codeName="TämäTyökirja" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\03197662\Work Folders\datawork2\shv_general\shv_tilastot\tilastot\2025-09_tilasto\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\03197662\Work Folders\datawork2\shv_general\shv_tilastot\tilastot\2025-10_tilasto\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{11E9BDF7-5CD6-4DB5-B270-8C8087B2C08A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{25F4668D-3E18-4FB6-AD0A-E19FC2CF6084}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="21120" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sisältö" sheetId="3" r:id="rId1"/>
     <sheet name="Data" sheetId="1" r:id="rId2"/>
     <sheet name="Tyyppikäyttäjien määrittelyt" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="45">
   <si>
     <t>Energiavirasto</t>
@@ -302,51 +302,51 @@
   <si>
     <t>Tyyppikäyttjien K1, K2,  L1, L2, M1, M2, T1 ja T2 oletetaan liittyneen sähköverkkoon 0,4 kV jännitteellä ja</t>
   </si>
   <si>
     <t>tyyppikäyttäjien T3 ja T4 oletetaan liittyneen sähköverkkoon 20 kV jännitteellä.</t>
   </si>
   <si>
     <t>10/24</t>
   </si>
   <si>
     <t>Arvonlisävero on 1.12.2022-30.4.2023 myynnin osalta 10%</t>
   </si>
   <si>
     <t>Toimitusvelvollisten sopimusten hinnat aikavälillä 1.9.2022-1.11.2024 ovat pörssihintaan ja keskimääräiseen marginaaliin perustuva arvio</t>
   </si>
   <si>
     <t>Siirtohinnat aikavälillä 1.9.2022-1.11.2024 lasketaan uudelleen, kun jakeluverkonhaltijoiden tiedoissa tapahtunut muutos saadaan siirrettyä tilastointiin</t>
   </si>
   <si>
     <t>Sähkönhintatilastojen laskentamenetelmät on uudistettu vuodenvaihteessa 2024/2025. Tilastot on laskettu takautuvasti 1.9.2024 alkaen ja 1.11.2024 lähtien tilastot ovat saatavilla vain uudella menetelmällä laskettuna.</t>
   </si>
   <si>
     <t xml:space="preserve">Energiavirasto korjauttaa kesän ja syksyn 2025 aikana virheellisiä ja vanhentuneita tuoteilmoituksia. Useat yhtiöt ovat korjanneet ilmoittamiaan hinnastoja 1.9.2024 alkaen. </t>
   </si>
   <si>
-    <t>Tilastoja lasketaan säännöllisesti uudestaan tuotekorjausten edistyessä. Alla esitetyt siirtohinnat on laskettu uudestaan 3.10.2025.</t>
+    <t>Tilastoja lasketaan säännöllisesti uudestaan tuotekorjausten edistyessä.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="[$-10409]d/m/yyyy"/>
     <numFmt numFmtId="165" formatCode="[$-10409]0.00;\(0.00\)"/>
     <numFmt numFmtId="166" formatCode="0.0000"/>
     <numFmt numFmtId="167" formatCode="0.000"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1037,54 +1037,54 @@
       <c r="B3" s="6" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="B4" s="2"/>
     </row>
     <row r="5" spans="1:2" ht="51" x14ac:dyDescent="0.2">
       <c r="B5" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:2" ht="25.5" x14ac:dyDescent="0.2">
       <c r="B7" s="4" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Taul2"/>
-  <dimension ref="B1:Y360"/>
+  <dimension ref="B1:Y361"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" topLeftCell="A325" workbookViewId="0">
-      <selection activeCell="P362" sqref="P362"/>
+      <selection activeCell="AB350" sqref="AB350"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="6.7109375" style="7" customWidth="1"/>
     <col min="2" max="2" width="12.7109375" style="7" customWidth="1"/>
     <col min="3" max="9" width="6.7109375" style="7" customWidth="1"/>
     <col min="10" max="10" width="12.7109375" style="7" customWidth="1"/>
     <col min="11" max="21" width="6.7109375" style="7" customWidth="1"/>
     <col min="22" max="22" width="12.7109375" style="7" customWidth="1"/>
     <col min="23" max="23" width="6.7109375" style="7" customWidth="1"/>
     <col min="24" max="25" width="12.7109375" style="7" customWidth="1"/>
     <col min="26" max="16384" width="8.7109375" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:25" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="7" t="s">
         <v>4</v>
       </c>
       <c r="J1" s="8" t="s">
         <v>5</v>
       </c>
       <c r="V1" s="9" t="s">
         <v>6</v>
       </c>
@@ -23480,50 +23480,118 @@
       <c r="P360" s="11">
         <v>4.4475476270621943</v>
       </c>
       <c r="Q360" s="11">
         <v>4.6817386194150146</v>
       </c>
       <c r="R360" s="11">
         <v>4.0058009223827193</v>
       </c>
       <c r="S360" s="11">
         <v>2.7124871616621</v>
       </c>
       <c r="T360" s="11">
         <v>2.3185756070891701</v>
       </c>
       <c r="V360" s="10">
         <v>45901</v>
       </c>
       <c r="W360" s="22">
         <v>25.5</v>
       </c>
       <c r="X360" s="14">
         <v>2.827515</v>
       </c>
       <c r="Y360" s="19">
+        <v>7.9064999999999996E-2</v>
+      </c>
+    </row>
+    <row r="361" spans="2:25" x14ac:dyDescent="0.2">
+      <c r="B361" s="10">
+        <v>45931</v>
+      </c>
+      <c r="C361" s="11">
+        <v>9.413419818187954</v>
+      </c>
+      <c r="D361" s="11">
+        <v>7.7222022058382649</v>
+      </c>
+      <c r="E361" s="11">
+        <v>6.9543292149247993</v>
+      </c>
+      <c r="F361" s="11">
+        <v>6.9259632892263143</v>
+      </c>
+      <c r="G361" s="11">
+        <v>7.1926661504073319</v>
+      </c>
+      <c r="H361" s="11">
+        <v>6.8321567309656457</v>
+      </c>
+      <c r="J361" s="10">
+        <v>45931</v>
+      </c>
+      <c r="K361" s="11">
+        <v>13.36183245650383</v>
+      </c>
+      <c r="L361" s="11">
+        <v>8.5810611716370566</v>
+      </c>
+      <c r="M361" s="11">
+        <v>4.7648949726331624</v>
+      </c>
+      <c r="N361" s="11">
+        <v>4.1593843557980037</v>
+      </c>
+      <c r="O361" s="11">
+        <v>7.3115270632890823</v>
+      </c>
+      <c r="P361" s="11">
+        <v>4.4707439591624647</v>
+      </c>
+      <c r="Q361" s="11">
+        <v>4.7084259554236434</v>
+      </c>
+      <c r="R361" s="11">
+        <v>4.0275808360248506</v>
+      </c>
+      <c r="S361" s="11">
+        <v>2.7228866266293061</v>
+      </c>
+      <c r="T361" s="11">
+        <v>2.326748328942311</v>
+      </c>
+      <c r="V361" s="10">
+        <v>45931</v>
+      </c>
+      <c r="W361" s="22">
+        <v>25.5</v>
+      </c>
+      <c r="X361" s="14">
+        <v>2.827515</v>
+      </c>
+      <c r="Y361" s="19">
         <v>7.9064999999999996E-2</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="11" type="noConversion"/>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="0.78740157480314998" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C3B6A692-9622-49B5-87B3-D5A159E33C68}">
   <sheetPr codeName="Taul3"/>
   <dimension ref="B3:Z24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A16" sqref="A16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="4" max="4" width="95.28515625" customWidth="1"/>
     <col min="26" max="26" width="13.28515625" customWidth="1"/>
   </cols>
@@ -23701,50 +23769,70 @@
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="H5:W5"/>
     <mergeCell ref="F3:U3"/>
     <mergeCell ref="H7:W7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f298ac1c-8781-457c-836a-c94febb0efd7">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="492ee864-9a00-4053-8292-33da4057805d" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Asiakirja" ma:contentTypeID="0x010100548D545B624AB244A21D45171E99030B" ma:contentTypeVersion="16" ma:contentTypeDescription="Luo uusi asiakirja." ma:contentTypeScope="" ma:versionID="8792ddea00f58bb6d3df446caf62c379">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f298ac1c-8781-457c-836a-c94febb0efd7" xmlns:ns3="492ee864-9a00-4053-8292-33da4057805d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4e0ef6e7a5cf5e7b99538e7e4ca74cb4" ns2:_="" ns3:_="">
     <xsd:import namespace="f298ac1c-8781-457c-836a-c94febb0efd7"/>
     <xsd:import namespace="492ee864-9a00-4053-8292-33da4057805d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
@@ -23943,110 +24031,90 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C18AAB76-1242-464F-BE1E-0B5E57067EA3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="f298ac1c-8781-457c-836a-c94febb0efd7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="492ee864-9a00-4053-8292-33da4057805d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1A79518-9E53-4CF2-9EEB-45F9180C1DA6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FFF9DD18-287D-4294-BA50-BBE064B1728E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="f298ac1c-8781-457c-836a-c94febb0efd7"/>
     <ds:schemaRef ds:uri="492ee864-9a00-4053-8292-33da4057805d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...23 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Laskentataulukot</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sisältö</vt:lpstr>
       <vt:lpstr>Data</vt:lpstr>
       <vt:lpstr>Tyyppikäyttäjien määrittelyt</vt:lpstr>
     </vt:vector>