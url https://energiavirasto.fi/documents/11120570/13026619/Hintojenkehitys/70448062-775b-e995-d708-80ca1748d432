--- v1 (2025-11-21)
+++ v2 (2026-01-03)
@@ -9,56 +9,56 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="docProps/core0.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
   <workbookPr codeName="TämäTyökirja" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\03197662\Work Folders\datawork2\shv_general\shv_tilastot\tilastot\2025-10_tilasto\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\03197662\Work Folders\datawork2\shv_general\shv_tilastot\tilastot\2025-11_tilasto\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{25F4668D-3E18-4FB6-AD0A-E19FC2CF6084}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B8DC0835-30D0-4333-A9E8-5D2A86D5844F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="38295" yWindow="0" windowWidth="19410" windowHeight="20985" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sisältö" sheetId="3" r:id="rId1"/>
     <sheet name="Data" sheetId="1" r:id="rId2"/>
     <sheet name="Tyyppikäyttäjien määrittelyt" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="45">
   <si>
     <t>Energiavirasto</t>
@@ -1037,54 +1037,54 @@
       <c r="B3" s="6" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="B4" s="2"/>
     </row>
     <row r="5" spans="1:2" ht="51" x14ac:dyDescent="0.2">
       <c r="B5" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:2" ht="25.5" x14ac:dyDescent="0.2">
       <c r="B7" s="4" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Taul2"/>
-  <dimension ref="B1:Y361"/>
+  <dimension ref="B1:Y362"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A325" workbookViewId="0">
-      <selection activeCell="AB350" sqref="AB350"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A319" workbookViewId="0">
+      <selection activeCell="B344" sqref="B344"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="6.7109375" style="7" customWidth="1"/>
     <col min="2" max="2" width="12.7109375" style="7" customWidth="1"/>
     <col min="3" max="9" width="6.7109375" style="7" customWidth="1"/>
     <col min="10" max="10" width="12.7109375" style="7" customWidth="1"/>
     <col min="11" max="21" width="6.7109375" style="7" customWidth="1"/>
     <col min="22" max="22" width="12.7109375" style="7" customWidth="1"/>
     <col min="23" max="23" width="6.7109375" style="7" customWidth="1"/>
     <col min="24" max="25" width="12.7109375" style="7" customWidth="1"/>
     <col min="26" max="16384" width="8.7109375" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:25" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="7" t="s">
         <v>4</v>
       </c>
       <c r="J1" s="8" t="s">
         <v>5</v>
       </c>
       <c r="V1" s="9" t="s">
         <v>6</v>
       </c>
@@ -23548,50 +23548,118 @@
       <c r="P361" s="11">
         <v>4.4707439591624647</v>
       </c>
       <c r="Q361" s="11">
         <v>4.7084259554236434</v>
       </c>
       <c r="R361" s="11">
         <v>4.0275808360248506</v>
       </c>
       <c r="S361" s="11">
         <v>2.7228866266293061</v>
       </c>
       <c r="T361" s="11">
         <v>2.326748328942311</v>
       </c>
       <c r="V361" s="10">
         <v>45931</v>
       </c>
       <c r="W361" s="22">
         <v>25.5</v>
       </c>
       <c r="X361" s="14">
         <v>2.827515</v>
       </c>
       <c r="Y361" s="19">
+        <v>7.9064999999999996E-2</v>
+      </c>
+    </row>
+    <row r="362" spans="2:25" x14ac:dyDescent="0.2">
+      <c r="B362" s="10">
+        <v>45962</v>
+      </c>
+      <c r="C362" s="11">
+        <v>9.25907376760453</v>
+      </c>
+      <c r="D362" s="11">
+        <v>7.5754772368727856</v>
+      </c>
+      <c r="E362" s="11">
+        <v>6.8163517063176213</v>
+      </c>
+      <c r="F362" s="11">
+        <v>6.788576694958282</v>
+      </c>
+      <c r="G362" s="11">
+        <v>7.0553992417777831</v>
+      </c>
+      <c r="H362" s="11">
+        <v>6.6976954893303464</v>
+      </c>
+      <c r="J362" s="10">
+        <v>45962</v>
+      </c>
+      <c r="K362" s="11">
+        <v>13.366450899281929</v>
+      </c>
+      <c r="L362" s="11">
+        <v>8.5794102254027695</v>
+      </c>
+      <c r="M362" s="11">
+        <v>4.7816813259394966</v>
+      </c>
+      <c r="N362" s="11">
+        <v>4.2101777515314067</v>
+      </c>
+      <c r="O362" s="11">
+        <v>7.3195041657809279</v>
+      </c>
+      <c r="P362" s="11">
+        <v>4.476671121821437</v>
+      </c>
+      <c r="Q362" s="11">
+        <v>4.7216552378154413</v>
+      </c>
+      <c r="R362" s="11">
+        <v>4.036984030657579</v>
+      </c>
+      <c r="S362" s="11">
+        <v>2.728553649578739</v>
+      </c>
+      <c r="T362" s="11">
+        <v>2.333153525142007</v>
+      </c>
+      <c r="V362" s="10">
+        <v>45962</v>
+      </c>
+      <c r="W362" s="22">
+        <v>25.5</v>
+      </c>
+      <c r="X362" s="14">
+        <v>2.827515</v>
+      </c>
+      <c r="Y362" s="19">
         <v>7.9064999999999996E-2</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="11" type="noConversion"/>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="0.78740157480314998" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C3B6A692-9622-49B5-87B3-D5A159E33C68}">
   <sheetPr codeName="Taul3"/>
   <dimension ref="B3:Z24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A16" sqref="A16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="4" max="4" width="95.28515625" customWidth="1"/>
     <col min="26" max="26" width="13.28515625" customWidth="1"/>
   </cols>