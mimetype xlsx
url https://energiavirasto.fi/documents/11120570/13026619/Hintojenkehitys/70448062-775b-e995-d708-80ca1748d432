--- v2 (2026-01-03)
+++ v3 (2026-02-02)
@@ -9,56 +9,56 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="docProps/core0.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
   <workbookPr codeName="TämäTyökirja" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\03197662\Work Folders\datawork2\shv_general\shv_tilastot\tilastot\2025-11_tilasto\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\03197662\Work Folders\datawork2\shv_general\shv_tilastot\tilastot\2025-12_tilasto\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B8DC0835-30D0-4333-A9E8-5D2A86D5844F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A0760963-8BEE-4740-B413-B5EDB643FC0C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="38295" yWindow="0" windowWidth="19410" windowHeight="20985" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-105" yWindow="0" windowWidth="19410" windowHeight="20985" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sisältö" sheetId="3" r:id="rId1"/>
     <sheet name="Data" sheetId="1" r:id="rId2"/>
     <sheet name="Tyyppikäyttäjien määrittelyt" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="45">
   <si>
     <t>Energiavirasto</t>
@@ -299,54 +299,54 @@
   <si>
     <t>Keskisuuri teollisuus, sähkön käyttö 10 000 000 kWh/vuosi, tehontarve 2 500 kW</t>
   </si>
   <si>
     <t>Tyyppikäyttjien K1, K2,  L1, L2, M1, M2, T1 ja T2 oletetaan liittyneen sähköverkkoon 0,4 kV jännitteellä ja</t>
   </si>
   <si>
     <t>tyyppikäyttäjien T3 ja T4 oletetaan liittyneen sähköverkkoon 20 kV jännitteellä.</t>
   </si>
   <si>
     <t>10/24</t>
   </si>
   <si>
     <t>Arvonlisävero on 1.12.2022-30.4.2023 myynnin osalta 10%</t>
   </si>
   <si>
     <t>Toimitusvelvollisten sopimusten hinnat aikavälillä 1.9.2022-1.11.2024 ovat pörssihintaan ja keskimääräiseen marginaaliin perustuva arvio</t>
   </si>
   <si>
     <t>Siirtohinnat aikavälillä 1.9.2022-1.11.2024 lasketaan uudelleen, kun jakeluverkonhaltijoiden tiedoissa tapahtunut muutos saadaan siirrettyä tilastointiin</t>
   </si>
   <si>
     <t>Sähkönhintatilastojen laskentamenetelmät on uudistettu vuodenvaihteessa 2024/2025. Tilastot on laskettu takautuvasti 1.9.2024 alkaen ja 1.11.2024 lähtien tilastot ovat saatavilla vain uudella menetelmällä laskettuna.</t>
   </si>
   <si>
-    <t xml:space="preserve">Energiavirasto korjauttaa kesän ja syksyn 2025 aikana virheellisiä ja vanhentuneita tuoteilmoituksia. Useat yhtiöt ovat korjanneet ilmoittamiaan hinnastoja 1.9.2024 alkaen. </t>
+    <t>Tilastoja lasketaan säännöllisesti uudestaan tuotekorjausten edistyessä.</t>
   </si>
   <si>
-    <t>Tilastoja lasketaan säännöllisesti uudestaan tuotekorjausten edistyessä.</t>
+    <t>Energiavirasto jatkaa virheellisten ja vanhentuneiden tuoteilmoitusten korjauksia keväällä 2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="[$-10409]d/m/yyyy"/>
     <numFmt numFmtId="165" formatCode="[$-10409]0.00;\(0.00\)"/>
     <numFmt numFmtId="166" formatCode="0.0000"/>
     <numFmt numFmtId="167" formatCode="0.000"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1037,53 +1037,53 @@
       <c r="B3" s="6" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="B4" s="2"/>
     </row>
     <row r="5" spans="1:2" ht="51" x14ac:dyDescent="0.2">
       <c r="B5" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:2" ht="25.5" x14ac:dyDescent="0.2">
       <c r="B7" s="4" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Taul2"/>
-  <dimension ref="B1:Y362"/>
+  <dimension ref="B1:Y363"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A319" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A316" workbookViewId="0">
       <selection activeCell="B344" sqref="B344"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="6.7109375" style="7" customWidth="1"/>
     <col min="2" max="2" width="12.7109375" style="7" customWidth="1"/>
     <col min="3" max="9" width="6.7109375" style="7" customWidth="1"/>
     <col min="10" max="10" width="12.7109375" style="7" customWidth="1"/>
     <col min="11" max="21" width="6.7109375" style="7" customWidth="1"/>
     <col min="22" max="22" width="12.7109375" style="7" customWidth="1"/>
     <col min="23" max="23" width="6.7109375" style="7" customWidth="1"/>
     <col min="24" max="25" width="12.7109375" style="7" customWidth="1"/>
     <col min="26" max="16384" width="8.7109375" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:25" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="7" t="s">
         <v>4</v>
       </c>
       <c r="J1" s="8" t="s">
         <v>5</v>
       </c>
       <c r="V1" s="9" t="s">
         <v>6</v>
@@ -22512,56 +22512,56 @@
     <row r="339" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B339" s="36" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="340" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B340" s="36" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="341" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B341" s="36" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="342" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B342" s="36"/>
     </row>
     <row r="343" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B343" s="36" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="344" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B344" s="36" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="345" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B345" s="36" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="346" spans="2:25" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B346" s="7" t="s">
         <v>4</v>
       </c>
       <c r="J346" s="8" t="s">
         <v>5</v>
       </c>
       <c r="V346" s="9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="347" spans="2:25" ht="14.65" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B347" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C347" s="16" t="s">
         <v>8</v>
       </c>
       <c r="D347" s="16" t="s">
         <v>9</v>
       </c>
       <c r="E347" s="17" t="s">
         <v>10</v>
@@ -23616,50 +23616,118 @@
       <c r="P362" s="11">
         <v>4.476671121821437</v>
       </c>
       <c r="Q362" s="11">
         <v>4.7216552378154413</v>
       </c>
       <c r="R362" s="11">
         <v>4.036984030657579</v>
       </c>
       <c r="S362" s="11">
         <v>2.728553649578739</v>
       </c>
       <c r="T362" s="11">
         <v>2.333153525142007</v>
       </c>
       <c r="V362" s="10">
         <v>45962</v>
       </c>
       <c r="W362" s="22">
         <v>25.5</v>
       </c>
       <c r="X362" s="14">
         <v>2.827515</v>
       </c>
       <c r="Y362" s="19">
+        <v>7.9064999999999996E-2</v>
+      </c>
+    </row>
+    <row r="363" spans="2:25" x14ac:dyDescent="0.2">
+      <c r="B363" s="10">
+        <v>45992</v>
+      </c>
+      <c r="C363" s="11">
+        <v>7.6666420309174477</v>
+      </c>
+      <c r="D363" s="11">
+        <v>6.03062549510887</v>
+      </c>
+      <c r="E363" s="11">
+        <v>5.300720619045876</v>
+      </c>
+      <c r="F363" s="11">
+        <v>5.2747391678559659</v>
+      </c>
+      <c r="G363" s="11">
+        <v>5.5308385020067892</v>
+      </c>
+      <c r="H363" s="11">
+        <v>5.1913470402263622</v>
+      </c>
+      <c r="J363" s="10">
+        <v>45992</v>
+      </c>
+      <c r="K363" s="11">
+        <v>13.36745479724814</v>
+      </c>
+      <c r="L363" s="11">
+        <v>8.581320114693801</v>
+      </c>
+      <c r="M363" s="11">
+        <v>4.783818641412382</v>
+      </c>
+      <c r="N363" s="11">
+        <v>4.2123104556055289</v>
+      </c>
+      <c r="O363" s="11">
+        <v>7.3213647464789862</v>
+      </c>
+      <c r="P363" s="11">
+        <v>4.4788605104918089</v>
+      </c>
+      <c r="Q363" s="11">
+        <v>4.7233161256564173</v>
+      </c>
+      <c r="R363" s="11">
+        <v>4.0370296275786206</v>
+      </c>
+      <c r="S363" s="11">
+        <v>2.7225259641880588</v>
+      </c>
+      <c r="T363" s="11">
+        <v>2.327128293890226</v>
+      </c>
+      <c r="V363" s="10">
+        <v>45992</v>
+      </c>
+      <c r="W363" s="22">
+        <v>25.5</v>
+      </c>
+      <c r="X363" s="14">
+        <v>2.827515</v>
+      </c>
+      <c r="Y363" s="19">
         <v>7.9064999999999996E-2</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="11" type="noConversion"/>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="0.78740157480314998" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C3B6A692-9622-49B5-87B3-D5A159E33C68}">
   <sheetPr codeName="Taul3"/>
   <dimension ref="B3:Z24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A16" sqref="A16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="4" max="4" width="95.28515625" customWidth="1"/>
     <col min="26" max="26" width="13.28515625" customWidth="1"/>
   </cols>
@@ -23837,70 +23905,50 @@
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="H5:W5"/>
     <mergeCell ref="F3:U3"/>
     <mergeCell ref="H7:W7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Asiakirja" ma:contentTypeID="0x010100548D545B624AB244A21D45171E99030B" ma:contentTypeVersion="16" ma:contentTypeDescription="Luo uusi asiakirja." ma:contentTypeScope="" ma:versionID="8792ddea00f58bb6d3df446caf62c379">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f298ac1c-8781-457c-836a-c94febb0efd7" xmlns:ns3="492ee864-9a00-4053-8292-33da4057805d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4e0ef6e7a5cf5e7b99538e7e4ca74cb4" ns2:_="" ns3:_="">
     <xsd:import namespace="f298ac1c-8781-457c-836a-c94febb0efd7"/>
     <xsd:import namespace="492ee864-9a00-4053-8292-33da4057805d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
@@ -24099,90 +24147,110 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f298ac1c-8781-457c-836a-c94febb0efd7">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="492ee864-9a00-4053-8292-33da4057805d" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FFF9DD18-287D-4294-BA50-BBE064B1728E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="f298ac1c-8781-457c-836a-c94febb0efd7"/>
     <ds:schemaRef ds:uri="492ee864-9a00-4053-8292-33da4057805d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1A79518-9E53-4CF2-9EEB-45F9180C1DA6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C18AAB76-1242-464F-BE1E-0B5E57067EA3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="f298ac1c-8781-457c-836a-c94febb0efd7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="492ee864-9a00-4053-8292-33da4057805d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Laskentataulukot</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sisältö</vt:lpstr>
       <vt:lpstr>Data</vt:lpstr>
       <vt:lpstr>Tyyppikäyttäjien määrittelyt</vt:lpstr>
     </vt:vector>