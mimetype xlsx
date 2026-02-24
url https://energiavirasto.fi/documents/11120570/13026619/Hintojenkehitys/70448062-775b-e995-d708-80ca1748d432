--- v3 (2026-02-02)
+++ v4 (2026-02-24)
@@ -9,56 +9,56 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="docProps/core0.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
   <workbookPr codeName="TämäTyökirja" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\03197662\Work Folders\datawork2\shv_general\shv_tilastot\tilastot\2025-12_tilasto\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\03197662\Work Folders\datawork2\shv_general\shv_tilastot\tilastot\2026-01_tilasto\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A0760963-8BEE-4740-B413-B5EDB643FC0C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0FC5FE56-2EF9-4FE8-956B-B27560EC4631}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-105" yWindow="0" windowWidth="19410" windowHeight="20985" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="48000" yWindow="0" windowWidth="28800" windowHeight="15345" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sisältö" sheetId="3" r:id="rId1"/>
     <sheet name="Data" sheetId="1" r:id="rId2"/>
     <sheet name="Tyyppikäyttäjien määrittelyt" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="45">
   <si>
     <t>Energiavirasto</t>
@@ -299,54 +299,54 @@
   <si>
     <t>Keskisuuri teollisuus, sähkön käyttö 10 000 000 kWh/vuosi, tehontarve 2 500 kW</t>
   </si>
   <si>
     <t>Tyyppikäyttjien K1, K2,  L1, L2, M1, M2, T1 ja T2 oletetaan liittyneen sähköverkkoon 0,4 kV jännitteellä ja</t>
   </si>
   <si>
     <t>tyyppikäyttäjien T3 ja T4 oletetaan liittyneen sähköverkkoon 20 kV jännitteellä.</t>
   </si>
   <si>
     <t>10/24</t>
   </si>
   <si>
     <t>Arvonlisävero on 1.12.2022-30.4.2023 myynnin osalta 10%</t>
   </si>
   <si>
     <t>Toimitusvelvollisten sopimusten hinnat aikavälillä 1.9.2022-1.11.2024 ovat pörssihintaan ja keskimääräiseen marginaaliin perustuva arvio</t>
   </si>
   <si>
     <t>Siirtohinnat aikavälillä 1.9.2022-1.11.2024 lasketaan uudelleen, kun jakeluverkonhaltijoiden tiedoissa tapahtunut muutos saadaan siirrettyä tilastointiin</t>
   </si>
   <si>
     <t>Sähkönhintatilastojen laskentamenetelmät on uudistettu vuodenvaihteessa 2024/2025. Tilastot on laskettu takautuvasti 1.9.2024 alkaen ja 1.11.2024 lähtien tilastot ovat saatavilla vain uudella menetelmällä laskettuna.</t>
   </si>
   <si>
-    <t>Tilastoja lasketaan säännöllisesti uudestaan tuotekorjausten edistyessä.</t>
+    <t>Energiavirasto jatkaa virheellisten ja vanhentuneiden tuoteilmoitusten korjauksia keväällä 2026.</t>
   </si>
   <si>
-    <t>Energiavirasto jatkaa virheellisten ja vanhentuneiden tuoteilmoitusten korjauksia keväällä 2026.</t>
+    <t>Tilastoja lasketaan säännöllisesti uudestaan tuotekorjausten edistyessä. Kaikki alla olevat tilastot on päivitetty  3.2.2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="[$-10409]d/m/yyyy"/>
     <numFmt numFmtId="165" formatCode="[$-10409]0.00;\(0.00\)"/>
     <numFmt numFmtId="166" formatCode="0.0000"/>
     <numFmt numFmtId="167" formatCode="0.000"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1037,54 +1037,54 @@
       <c r="B3" s="6" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="B4" s="2"/>
     </row>
     <row r="5" spans="1:2" ht="51" x14ac:dyDescent="0.2">
       <c r="B5" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:2" ht="25.5" x14ac:dyDescent="0.2">
       <c r="B7" s="4" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Taul2"/>
-  <dimension ref="B1:Y363"/>
+  <dimension ref="B1:Y364"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A316" workbookViewId="0">
-      <selection activeCell="B344" sqref="B344"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A345" workbookViewId="0">
+      <selection activeCell="G351" sqref="G351"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="6.7109375" style="7" customWidth="1"/>
     <col min="2" max="2" width="12.7109375" style="7" customWidth="1"/>
     <col min="3" max="9" width="6.7109375" style="7" customWidth="1"/>
     <col min="10" max="10" width="12.7109375" style="7" customWidth="1"/>
     <col min="11" max="21" width="6.7109375" style="7" customWidth="1"/>
     <col min="22" max="22" width="12.7109375" style="7" customWidth="1"/>
     <col min="23" max="23" width="6.7109375" style="7" customWidth="1"/>
     <col min="24" max="25" width="12.7109375" style="7" customWidth="1"/>
     <col min="26" max="16384" width="8.7109375" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:25" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="7" t="s">
         <v>4</v>
       </c>
       <c r="J1" s="8" t="s">
         <v>5</v>
       </c>
       <c r="V1" s="9" t="s">
         <v>6</v>
       </c>
@@ -22512,56 +22512,56 @@
     <row r="339" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B339" s="36" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="340" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B340" s="36" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="341" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B341" s="36" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="342" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B342" s="36"/>
     </row>
     <row r="343" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B343" s="36" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="344" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B344" s="36" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="345" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B345" s="36" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="346" spans="2:25" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B346" s="7" t="s">
         <v>4</v>
       </c>
       <c r="J346" s="8" t="s">
         <v>5</v>
       </c>
       <c r="V346" s="9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="347" spans="2:25" ht="14.65" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B347" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C347" s="16" t="s">
         <v>8</v>
       </c>
       <c r="D347" s="16" t="s">
         <v>9</v>
       </c>
       <c r="E347" s="17" t="s">
         <v>10</v>
@@ -22604,1130 +22604,1198 @@
       </c>
       <c r="S347" s="16" t="s">
         <v>16</v>
       </c>
       <c r="T347" s="16" t="s">
         <v>17</v>
       </c>
       <c r="V347" s="15" t="s">
         <v>7</v>
       </c>
       <c r="W347" s="16" t="s">
         <v>18</v>
       </c>
       <c r="X347" s="18" t="s">
         <v>19</v>
       </c>
       <c r="Y347" s="18" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="348" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B348" s="10">
         <v>45536</v>
       </c>
       <c r="C348" s="11">
-        <v>10.63690628662969</v>
+        <v>10.619267494324509</v>
       </c>
       <c r="D348" s="11">
-        <v>8.7389295662043089</v>
+        <v>8.8038494630273991</v>
       </c>
       <c r="E348" s="11">
-        <v>7.8928079537913369</v>
+        <v>7.9086729867800507</v>
       </c>
       <c r="F348" s="11">
-        <v>7.8612057593674933</v>
+        <v>7.8756119305019299</v>
       </c>
       <c r="G348" s="11">
-        <v>8.1889077231086915</v>
+        <v>8.2015014288057735</v>
       </c>
       <c r="H348" s="11">
-        <v>7.7704925502794087</v>
+        <v>7.7588124270615566</v>
       </c>
       <c r="J348" s="10">
         <v>45536</v>
       </c>
       <c r="K348" s="11">
-        <v>13.56008204222069</v>
+        <v>13.906917617696379</v>
       </c>
       <c r="L348" s="11">
-        <v>8.6518261260953988</v>
+        <v>8.644675318323479</v>
       </c>
       <c r="M348" s="11">
-        <v>4.6914586998172396</v>
+        <v>4.6895456206288699</v>
       </c>
       <c r="N348" s="11">
-        <v>4.1038396373768764</v>
+        <v>4.1003082514406159</v>
       </c>
       <c r="O348" s="11">
-        <v>7.2815420918197482</v>
+        <v>7.269353684137096</v>
       </c>
       <c r="P348" s="11">
-        <v>4.3868834136300059</v>
+        <v>4.3654813141729836</v>
       </c>
       <c r="Q348" s="11">
-        <v>4.5029028390431209</v>
+        <v>4.399581041320566</v>
       </c>
       <c r="R348" s="11">
-        <v>3.8459877498651118</v>
+        <v>3.7491359286903512</v>
       </c>
       <c r="S348" s="11">
-        <v>2.8427193299745288</v>
+        <v>2.6474547088069258</v>
       </c>
       <c r="T348" s="11">
-        <v>2.291482843557644</v>
+        <v>2.1428224050966418</v>
       </c>
       <c r="V348" s="10">
         <v>45536</v>
       </c>
       <c r="W348" s="22">
         <v>25.5</v>
       </c>
       <c r="X348" s="14">
         <v>2.827515</v>
       </c>
       <c r="Y348" s="19">
         <v>7.9064999999999996E-2</v>
       </c>
     </row>
     <row r="349" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B349" s="10">
         <v>45566</v>
       </c>
       <c r="C349" s="11">
-        <v>8.7167027656087885</v>
+        <v>8.7003696072683869</v>
       </c>
       <c r="D349" s="11">
-        <v>6.8159658823322768</v>
+        <v>6.8792512390733016</v>
       </c>
       <c r="E349" s="11">
-        <v>5.967511175213458</v>
+        <v>5.9827375590626994</v>
       </c>
       <c r="F349" s="11">
-        <v>5.9357970388640213</v>
+        <v>5.9495768988909603</v>
       </c>
       <c r="G349" s="11">
-        <v>6.2611297155914496</v>
+        <v>6.2741523326310062</v>
       </c>
       <c r="H349" s="11">
-        <v>5.8428797837477173</v>
+        <v>5.8319560955633918</v>
       </c>
       <c r="J349" s="10">
         <v>45566</v>
       </c>
       <c r="K349" s="11">
-        <v>13.628855405381261</v>
+        <v>13.88595906892556</v>
       </c>
       <c r="L349" s="11">
-        <v>8.6760711006232523</v>
+        <v>8.6672763882937165</v>
       </c>
       <c r="M349" s="11">
-        <v>4.6938325395148137</v>
+        <v>4.6912401185812156</v>
       </c>
       <c r="N349" s="11">
-        <v>4.1043746203125977</v>
+        <v>4.1002998559112136</v>
       </c>
       <c r="O349" s="11">
-        <v>7.2903909880787694</v>
+        <v>7.2767651698923581</v>
       </c>
       <c r="P349" s="11">
-        <v>4.389398448019679</v>
+        <v>4.3667706013166461</v>
       </c>
       <c r="Q349" s="11">
-        <v>4.5260924197396806</v>
+        <v>4.4218268447261586</v>
       </c>
       <c r="R349" s="11">
-        <v>3.8614427293398279</v>
+        <v>3.76418493452814</v>
       </c>
       <c r="S349" s="11">
-        <v>2.9046470380758769</v>
+        <v>2.695963929138562</v>
       </c>
       <c r="T349" s="11">
-        <v>2.335807088275812</v>
+        <v>2.177377385065316</v>
       </c>
       <c r="V349" s="10">
         <v>45566</v>
       </c>
       <c r="W349" s="22">
         <v>25.5</v>
       </c>
       <c r="X349" s="14">
         <v>2.827515</v>
       </c>
       <c r="Y349" s="19">
         <v>7.9064999999999996E-2</v>
       </c>
     </row>
     <row r="350" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B350" s="10">
         <v>45597</v>
       </c>
       <c r="C350" s="11">
-        <v>9.2170240372369676</v>
+        <v>9.2285201480427119</v>
       </c>
       <c r="D350" s="11">
-        <v>7.3490709915424679</v>
+        <v>7.4147093494046024</v>
       </c>
       <c r="E350" s="11">
-        <v>6.5252464665216356</v>
+        <v>6.5507236695173159</v>
       </c>
       <c r="F350" s="11">
-        <v>6.4955911057316564</v>
+        <v>6.5185052809362496</v>
       </c>
       <c r="G350" s="11">
-        <v>6.8217621679753497</v>
+        <v>6.8275627547067224</v>
       </c>
       <c r="H350" s="11">
-        <v>6.4120932485257613</v>
+        <v>6.4033489817584934</v>
       </c>
       <c r="J350" s="10">
         <v>45597</v>
       </c>
       <c r="K350" s="11">
-        <v>13.561763542929519</v>
+        <v>13.80404354756447</v>
       </c>
       <c r="L350" s="11">
-        <v>8.628759797698816</v>
+        <v>8.619849535484736</v>
       </c>
       <c r="M350" s="11">
-        <v>4.720612336142441</v>
+        <v>4.7187120527542916</v>
       </c>
       <c r="N350" s="11">
-        <v>4.1158542584125666</v>
+        <v>4.1120320729806066</v>
       </c>
       <c r="O350" s="11">
-        <v>7.3048170853344319</v>
+        <v>7.2923022287122032</v>
       </c>
       <c r="P350" s="11">
-        <v>4.4159184169070826</v>
+        <v>4.3940771566651664</v>
       </c>
       <c r="Q350" s="11">
-        <v>4.5489470823143217</v>
+        <v>4.4458563490634679</v>
       </c>
       <c r="R350" s="11">
-        <v>3.8945974926222622</v>
+        <v>3.7982463250996532</v>
       </c>
       <c r="S350" s="11">
-        <v>2.8920429331264672</v>
+        <v>2.6860746075384512</v>
       </c>
       <c r="T350" s="11">
-        <v>2.3302351612296279</v>
+        <v>2.17318120189202</v>
       </c>
       <c r="V350" s="10">
         <v>45597</v>
       </c>
       <c r="W350" s="22">
         <v>25.5</v>
       </c>
       <c r="X350" s="14">
         <v>2.827515</v>
       </c>
       <c r="Y350" s="19">
         <v>7.9064999999999996E-2</v>
       </c>
     </row>
     <row r="351" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B351" s="10">
         <v>45627</v>
       </c>
       <c r="C351" s="11">
-        <v>8.3759837347265673</v>
+        <v>8.3894868053698719</v>
       </c>
       <c r="D351" s="11">
-        <v>6.522790716612449</v>
+        <v>6.5877895516471447</v>
       </c>
       <c r="E351" s="11">
-        <v>5.7014632233369147</v>
+        <v>5.7264847463910211</v>
       </c>
       <c r="F351" s="11">
-        <v>5.6719354939942992</v>
+        <v>5.6944907362403416</v>
       </c>
       <c r="G351" s="11">
-        <v>5.99511139916671</v>
+        <v>6.0010366795860453</v>
       </c>
       <c r="H351" s="11">
-        <v>5.5916782380007426</v>
+        <v>5.5804666858844856</v>
       </c>
       <c r="J351" s="10">
         <v>45627</v>
       </c>
       <c r="K351" s="11">
-        <v>13.558857066199669</v>
+        <v>13.80107900628458</v>
       </c>
       <c r="L351" s="11">
-        <v>8.6275719205755301</v>
+        <v>8.6186263998428867</v>
       </c>
       <c r="M351" s="11">
-        <v>4.7199110413043659</v>
+        <v>4.7179899421124762</v>
       </c>
       <c r="N351" s="11">
-        <v>4.1152567251919718</v>
+        <v>4.1114168038042154</v>
       </c>
       <c r="O351" s="11">
-        <v>7.3036196855181323</v>
+        <v>7.2910692877251693</v>
       </c>
       <c r="P351" s="11">
-        <v>4.4152082960851633</v>
+        <v>4.3933459580670267</v>
       </c>
       <c r="Q351" s="11">
-        <v>4.5480438468261992</v>
+        <v>4.444924101908124</v>
       </c>
       <c r="R351" s="11">
-        <v>3.8945974926222622</v>
+        <v>3.7982463250996532</v>
       </c>
       <c r="S351" s="11">
-        <v>2.8920429331264672</v>
+        <v>2.6860746075384512</v>
       </c>
       <c r="T351" s="11">
-        <v>2.3302351612296279</v>
+        <v>2.17318120189202</v>
       </c>
       <c r="V351" s="10">
         <v>45627</v>
       </c>
       <c r="W351" s="22">
         <v>25.5</v>
       </c>
       <c r="X351" s="14">
         <v>2.827515</v>
       </c>
       <c r="Y351" s="19">
         <v>7.9064999999999996E-2</v>
       </c>
     </row>
     <row r="352" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B352" s="10">
         <v>45658</v>
       </c>
       <c r="C352" s="11">
-        <v>10.078628877182661</v>
+        <v>10.07855361446105</v>
       </c>
       <c r="D352" s="11">
-        <v>8.2647168482801803</v>
+        <v>8.264620398116282</v>
       </c>
       <c r="E352" s="11">
-        <v>7.4553790890829408</v>
+        <v>7.455311227505443</v>
       </c>
       <c r="F352" s="11">
-        <v>7.4259948291988334</v>
+        <v>7.4259269676213346</v>
       </c>
       <c r="G352" s="11">
-        <v>7.7456602163740396</v>
+        <v>7.7454942014364097</v>
       </c>
       <c r="H352" s="11">
-        <v>7.3414830261047701</v>
+        <v>7.3413973406681414</v>
       </c>
       <c r="J352" s="10">
         <v>45658</v>
       </c>
       <c r="K352" s="11">
-        <v>13.13695995485106</v>
+        <v>13.38341669795417</v>
       </c>
       <c r="L352" s="11">
-        <v>8.5024640689620057</v>
+        <v>8.5084615538485799</v>
       </c>
       <c r="M352" s="11">
-        <v>4.6855240694572906</v>
+        <v>4.6926833790201279</v>
       </c>
       <c r="N352" s="11">
-        <v>4.0828399724854911</v>
+        <v>4.0894872293168323</v>
       </c>
       <c r="O352" s="11">
-        <v>7.2310753023430321</v>
+        <v>7.2389126999506344</v>
       </c>
       <c r="P352" s="11">
-        <v>4.4083645634516673</v>
+        <v>4.3983073500256458</v>
       </c>
       <c r="Q352" s="11">
-        <v>4.5609592866942901</v>
+        <v>4.4700384213323892</v>
       </c>
       <c r="R352" s="11">
-        <v>3.88497541282426</v>
+        <v>3.7971065461433708</v>
       </c>
       <c r="S352" s="11">
-        <v>2.8805796818802301</v>
+        <v>2.6583186213534571</v>
       </c>
       <c r="T352" s="11">
-        <v>2.307832838796597</v>
+        <v>2.1473157706808461</v>
       </c>
       <c r="V352" s="10">
         <v>45658</v>
       </c>
       <c r="W352" s="22">
         <v>25.5</v>
       </c>
       <c r="X352" s="14">
         <v>2.827515</v>
       </c>
       <c r="Y352" s="19">
         <v>7.9064999999999996E-2</v>
       </c>
     </row>
     <row r="353" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B353" s="10">
         <v>45689</v>
       </c>
       <c r="C353" s="11">
-        <v>9.377636459207956</v>
+        <v>9.3775611964863472</v>
       </c>
       <c r="D353" s="11">
-        <v>7.5681917871841291</v>
+        <v>7.5680950768296116</v>
       </c>
       <c r="E353" s="11">
-        <v>6.7607085191526899</v>
+        <v>6.7606405288752454</v>
       </c>
       <c r="F353" s="11">
-        <v>6.7313989754299248</v>
+        <v>6.7313309851524803</v>
       </c>
       <c r="G353" s="11">
-        <v>7.0495035536177468</v>
+        <v>7.0493375386801169</v>
       </c>
       <c r="H353" s="11">
-        <v>6.6473054874339086</v>
+        <v>6.6472198019972808</v>
       </c>
       <c r="J353" s="10">
         <v>45689</v>
       </c>
       <c r="K353" s="11">
-        <v>13.13695995485106</v>
+        <v>13.385144504486339</v>
       </c>
       <c r="L353" s="11">
-        <v>8.4988479442306293</v>
+        <v>8.5077789732363556</v>
       </c>
       <c r="M353" s="11">
-        <v>4.6873329733678171</v>
+        <v>4.6963809885700876</v>
       </c>
       <c r="N353" s="11">
-        <v>4.0846809562914599</v>
+        <v>4.0953443068045328</v>
       </c>
       <c r="O353" s="11">
-        <v>7.2263691848960931</v>
+        <v>7.238036066787191</v>
       </c>
       <c r="P353" s="11">
-        <v>4.4079099554108829</v>
+        <v>4.4013324157288629</v>
       </c>
       <c r="Q353" s="11">
-        <v>4.5600116569587188</v>
+        <v>4.4724853205744184</v>
       </c>
       <c r="R353" s="11">
-        <v>3.883171258858114</v>
+        <v>3.7945880242994088</v>
       </c>
       <c r="S353" s="11">
-        <v>2.882014785598352</v>
+        <v>2.658510218244901</v>
       </c>
       <c r="T353" s="11">
-        <v>2.3115996771125129</v>
+        <v>2.1475153645988709</v>
       </c>
       <c r="V353" s="10">
         <v>45689</v>
       </c>
       <c r="W353" s="22">
         <v>25.5</v>
       </c>
       <c r="X353" s="14">
         <v>2.827515</v>
       </c>
       <c r="Y353" s="19">
         <v>7.9064999999999996E-2</v>
       </c>
     </row>
     <row r="354" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B354" s="10">
         <v>45717</v>
       </c>
       <c r="C354" s="11">
-        <v>9.5473413688934663</v>
+        <v>9.5472666469503675</v>
       </c>
       <c r="D354" s="11">
-        <v>7.6408372117609629</v>
+        <v>7.6407390018584458</v>
       </c>
       <c r="E354" s="11">
-        <v>6.785194286460114</v>
+        <v>6.7851260990940343</v>
       </c>
       <c r="F354" s="11">
-        <v>6.7545501619924044</v>
+        <v>6.7544819746263247</v>
       </c>
       <c r="G354" s="11">
-        <v>7.0832112889455061</v>
+        <v>7.0830468448955717</v>
       </c>
       <c r="H354" s="11">
-        <v>6.6577861280137958</v>
+        <v>6.6577026303449376</v>
       </c>
       <c r="J354" s="10">
         <v>45717</v>
       </c>
       <c r="K354" s="11">
-        <v>13.139854893092521</v>
+        <v>13.38808693001044</v>
       </c>
       <c r="L354" s="11">
-        <v>8.5062385744440991</v>
+        <v>8.5151673482575205</v>
       </c>
       <c r="M354" s="11">
-        <v>4.6908080000608976</v>
+        <v>4.6998549548862814</v>
       </c>
       <c r="N354" s="11">
-        <v>4.0877288313033686</v>
+        <v>4.098391251781508</v>
       </c>
       <c r="O354" s="11">
-        <v>7.2303633148981019</v>
+        <v>7.2420289780120468</v>
       </c>
       <c r="P354" s="11">
-        <v>4.4103532696242889</v>
+        <v>4.4037749843842766</v>
       </c>
       <c r="Q354" s="11">
-        <v>4.5690708867789649</v>
+        <v>4.4815601574682198</v>
       </c>
       <c r="R354" s="11">
-        <v>3.891082523710971</v>
+        <v>3.802716908567787</v>
       </c>
       <c r="S354" s="11">
-        <v>2.848807276555116</v>
+        <v>2.629497780515246</v>
       </c>
       <c r="T354" s="11">
-        <v>2.3090644585627911</v>
+        <v>2.145300417665962</v>
       </c>
       <c r="V354" s="10">
         <v>45717</v>
       </c>
       <c r="W354" s="22">
         <v>25.5</v>
       </c>
       <c r="X354" s="14">
         <v>2.827515</v>
       </c>
       <c r="Y354" s="19">
         <v>7.9064999999999996E-2</v>
       </c>
     </row>
     <row r="355" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B355" s="10">
         <v>45748</v>
       </c>
       <c r="C355" s="11">
-        <v>9.3799058208397028</v>
+        <v>9.3798325930924573</v>
       </c>
       <c r="D355" s="11">
-        <v>7.66299957482636</v>
+        <v>7.662888850542477</v>
       </c>
       <c r="E355" s="11">
-        <v>6.8270969778249659</v>
+        <v>6.8270145306457648</v>
       </c>
       <c r="F355" s="11">
-        <v>6.7961295772286396</v>
+        <v>6.7960471300494394</v>
       </c>
       <c r="G355" s="11">
-        <v>7.0809364143414486</v>
+        <v>7.0807688210970241</v>
       </c>
       <c r="H355" s="11">
-        <v>6.6786505340897229</v>
+        <v>6.6785670624116564</v>
       </c>
       <c r="J355" s="10">
         <v>45748</v>
       </c>
       <c r="K355" s="11">
-        <v>13.164413746609791</v>
+        <v>13.41304863606582</v>
       </c>
       <c r="L355" s="11">
-        <v>8.5307180142876948</v>
+        <v>8.5396393183938226</v>
       </c>
       <c r="M355" s="11">
-        <v>4.6983674338740116</v>
+        <v>4.7074120819980072</v>
       </c>
       <c r="N355" s="11">
-        <v>4.0949384071909893</v>
+        <v>4.1055986277241168</v>
       </c>
       <c r="O355" s="11">
-        <v>7.251746777544696</v>
+        <v>7.263405915664281</v>
       </c>
       <c r="P355" s="11">
-        <v>4.4172673703406922</v>
+        <v>4.410686975317577</v>
       </c>
       <c r="Q355" s="11">
-        <v>4.5841274541192121</v>
+        <v>4.4966426639841632</v>
       </c>
       <c r="R355" s="11">
-        <v>3.9006855101225901</v>
+        <v>3.812372633167012</v>
       </c>
       <c r="S355" s="11">
-        <v>2.8625606127986249</v>
+        <v>2.6415136715843501</v>
       </c>
       <c r="T355" s="11">
-        <v>2.3226473929455582</v>
+        <v>2.1571674335704949</v>
       </c>
       <c r="V355" s="10">
         <v>45748</v>
       </c>
       <c r="W355" s="22">
         <v>25.5</v>
       </c>
       <c r="X355" s="14">
         <v>2.827515</v>
       </c>
       <c r="Y355" s="19">
         <v>7.9064999999999996E-2</v>
       </c>
     </row>
     <row r="356" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B356" s="10">
         <v>45778</v>
       </c>
       <c r="C356" s="11">
-        <v>5.6172718274027904</v>
+        <v>5.617203512780776</v>
       </c>
       <c r="D356" s="11">
-        <v>3.9074520777481991</v>
+        <v>3.9073519152512448</v>
       </c>
       <c r="E356" s="11">
-        <v>3.0878855986185409</v>
+        <v>3.0878160461515942</v>
       </c>
       <c r="F356" s="11">
-        <v>3.058715719895007</v>
+        <v>3.0586461674280598</v>
       </c>
       <c r="G356" s="11">
-        <v>3.340846092809739</v>
+        <v>3.3407009197995059</v>
       </c>
       <c r="H356" s="11">
-        <v>2.9609672268524641</v>
+        <v>2.9608969467033219</v>
       </c>
       <c r="J356" s="10">
         <v>45778</v>
       </c>
       <c r="K356" s="11">
-        <v>13.16659999095226</v>
+        <v>13.415270742590611</v>
       </c>
       <c r="L356" s="11">
-        <v>8.5318211087931974</v>
+        <v>8.5407420762987698</v>
       </c>
       <c r="M356" s="11">
-        <v>4.6989727853018941</v>
+        <v>4.7080172487076926</v>
       </c>
       <c r="N356" s="11">
-        <v>4.0954829294046808</v>
+        <v>4.1061429837811643</v>
       </c>
       <c r="O356" s="11">
-        <v>7.2527400853932527</v>
+        <v>7.2643989204128108</v>
       </c>
       <c r="P356" s="11">
-        <v>4.4178551397217554</v>
+        <v>4.4112745653454679</v>
       </c>
       <c r="Q356" s="11">
-        <v>4.5847390723227877</v>
+        <v>4.497255335872266</v>
       </c>
       <c r="R356" s="11">
-        <v>3.901309320375856</v>
+        <v>3.8129998692943521</v>
       </c>
       <c r="S356" s="11">
-        <v>2.8625606127986249</v>
+        <v>2.6415136715843501</v>
       </c>
       <c r="T356" s="11">
-        <v>2.3226473929455582</v>
+        <v>2.1571674335704949</v>
       </c>
       <c r="V356" s="10">
         <v>45778</v>
       </c>
       <c r="W356" s="22">
         <v>25.5</v>
       </c>
       <c r="X356" s="14">
         <v>2.827515</v>
       </c>
       <c r="Y356" s="19">
         <v>7.9064999999999996E-2</v>
       </c>
     </row>
     <row r="357" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B357" s="10">
         <v>45809</v>
       </c>
       <c r="C357" s="11">
-        <v>5.5361200981418932</v>
+        <v>5.5360517835198797</v>
       </c>
       <c r="D357" s="11">
-        <v>3.89508109753617</v>
+        <v>3.8949809350392148</v>
       </c>
       <c r="E357" s="11">
-        <v>3.1303123919842211</v>
+        <v>3.130242839517273</v>
       </c>
       <c r="F357" s="11">
-        <v>3.102446260137016</v>
+        <v>3.1023767076700679</v>
       </c>
       <c r="G357" s="11">
-        <v>3.3625402175628958</v>
+        <v>3.3623950445526631</v>
       </c>
       <c r="H357" s="11">
-        <v>3.0096587571729589</v>
+        <v>3.0095884770238159</v>
       </c>
       <c r="J357" s="10">
         <v>45809</v>
       </c>
       <c r="K357" s="11">
-        <v>13.16880909738676</v>
+        <v>13.51545055897415</v>
       </c>
       <c r="L357" s="11">
-        <v>8.5389257211418492</v>
+        <v>8.5366243750467188</v>
       </c>
       <c r="M357" s="11">
-        <v>4.7016109623487861</v>
+        <v>4.7113166658654571</v>
       </c>
       <c r="N357" s="11">
-        <v>4.0985098289349953</v>
+        <v>4.1102239655995838</v>
       </c>
       <c r="O357" s="11">
-        <v>7.2580013622248263</v>
+        <v>7.2661250042773382</v>
       </c>
       <c r="P357" s="11">
-        <v>4.4203684051850276</v>
+        <v>4.4158380685459413</v>
       </c>
       <c r="Q357" s="11">
-        <v>4.5921255033474457</v>
+        <v>4.5014713593690194</v>
       </c>
       <c r="R357" s="11">
-        <v>3.9051737667945372</v>
+        <v>3.812483743149651</v>
       </c>
       <c r="S357" s="11">
-        <v>2.8556216830300412</v>
+        <v>2.6322669089321109</v>
       </c>
       <c r="T357" s="11">
-        <v>2.31162720938176</v>
+        <v>2.151042563339602</v>
       </c>
       <c r="V357" s="10">
         <v>45809</v>
       </c>
       <c r="W357" s="22">
         <v>25.5</v>
       </c>
       <c r="X357" s="14">
         <v>2.827515</v>
       </c>
       <c r="Y357" s="19">
         <v>7.9064999999999996E-2</v>
       </c>
     </row>
     <row r="358" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B358" s="10">
         <v>45839</v>
       </c>
       <c r="C358" s="11">
-        <v>6.2957759927096326</v>
+        <v>6.2957078782950333</v>
       </c>
       <c r="D358" s="11">
-        <v>4.6237135559122784</v>
+        <v>4.623613854713291</v>
       </c>
       <c r="E358" s="11">
-        <v>3.8409359585371812</v>
+        <v>3.8408668285059022</v>
       </c>
       <c r="F358" s="11">
-        <v>3.8119259795799669</v>
+        <v>3.811856849548688</v>
       </c>
       <c r="G358" s="11">
-        <v>4.0801545573571927</v>
+        <v>4.0800104458833779</v>
       </c>
       <c r="H358" s="11">
-        <v>3.7155899172176161</v>
+        <v>3.7155200683623142</v>
       </c>
       <c r="J358" s="10">
         <v>45839</v>
       </c>
       <c r="K358" s="11">
-        <v>13.365428221699791</v>
+        <v>13.69880928257764</v>
       </c>
       <c r="L358" s="11">
-        <v>8.5136446517493152</v>
+        <v>8.5117505585723592</v>
       </c>
       <c r="M358" s="11">
-        <v>4.7319610693799419</v>
+        <v>4.7411742706046844</v>
       </c>
       <c r="N358" s="11">
-        <v>4.1295079409965139</v>
+        <v>4.1407181280244032</v>
       </c>
       <c r="O358" s="11">
-        <v>7.2617055736206142</v>
+        <v>7.2697696881700589</v>
       </c>
       <c r="P358" s="11">
-        <v>4.4402126113160119</v>
+        <v>4.4353633738596896</v>
       </c>
       <c r="Q358" s="11">
-        <v>4.6596512667867689</v>
+        <v>4.5680314455560316</v>
       </c>
       <c r="R358" s="11">
-        <v>3.9540526198665482</v>
+        <v>3.8607462382599169</v>
       </c>
       <c r="S358" s="11">
-        <v>2.7136885158358419</v>
+        <v>2.5109688018527012</v>
       </c>
       <c r="T358" s="11">
-        <v>2.3197337813496328</v>
+        <v>2.1582455869884041</v>
       </c>
       <c r="V358" s="10">
         <v>45839</v>
       </c>
       <c r="W358" s="22">
         <v>25.5</v>
       </c>
       <c r="X358" s="14">
         <v>2.827515</v>
       </c>
       <c r="Y358" s="19">
         <v>7.9064999999999996E-2</v>
       </c>
     </row>
     <row r="359" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B359" s="10">
         <v>45870</v>
       </c>
       <c r="C359" s="11">
-        <v>10.149840440827321</v>
+        <v>10.14977241785814</v>
       </c>
       <c r="D359" s="11">
-        <v>8.51390221777684</v>
+        <v>8.5138027030035204</v>
       </c>
       <c r="E359" s="11">
-        <v>7.7468126839572582</v>
+        <v>7.7467436862626702</v>
       </c>
       <c r="F359" s="11">
-        <v>7.7185067633391427</v>
+        <v>7.7184377656445546</v>
       </c>
       <c r="G359" s="11">
-        <v>7.9803024732026628</v>
+        <v>7.9801585760371934</v>
       </c>
       <c r="H359" s="11">
-        <v>7.6248168898084536</v>
+        <v>7.6247471760535754</v>
       </c>
       <c r="J359" s="10">
         <v>45870</v>
       </c>
       <c r="K359" s="11">
-        <v>13.374338646332189</v>
+        <v>13.707634185468461</v>
       </c>
       <c r="L359" s="11">
-        <v>8.5174317933248798</v>
+        <v>8.515476871426964</v>
       </c>
       <c r="M359" s="11">
-        <v>4.7330130531509313</v>
+        <v>4.7422093575087434</v>
       </c>
       <c r="N359" s="11">
-        <v>4.1317171069155929</v>
+        <v>4.1428918105229231</v>
       </c>
       <c r="O359" s="11">
-        <v>7.2648631853258578</v>
+        <v>7.2728765563511386</v>
       </c>
       <c r="P359" s="11">
-        <v>4.4420169608618654</v>
+        <v>4.4371387271060216</v>
       </c>
       <c r="Q359" s="11">
-        <v>4.6784882478341521</v>
+        <v>4.5865990413617936</v>
       </c>
       <c r="R359" s="11">
-        <v>4.0033332074959764</v>
+        <v>3.9094801125454191</v>
       </c>
       <c r="S359" s="11">
-        <v>2.714024373100973</v>
+        <v>2.5112566688399509</v>
       </c>
       <c r="T359" s="11">
-        <v>2.319890139413042</v>
+        <v>2.1583796032188651</v>
       </c>
       <c r="V359" s="10">
         <v>45870</v>
       </c>
       <c r="W359" s="22">
         <v>25.5</v>
       </c>
       <c r="X359" s="14">
         <v>2.827515</v>
       </c>
       <c r="Y359" s="19">
         <v>7.9064999999999996E-2</v>
       </c>
     </row>
     <row r="360" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B360" s="10">
         <v>45901</v>
       </c>
       <c r="C360" s="11">
-        <v>8.5006093973540988</v>
+        <v>8.5005413743849267</v>
       </c>
       <c r="D360" s="11">
-        <v>6.8081921462697501</v>
+        <v>6.8080926314964296</v>
       </c>
       <c r="E360" s="11">
-        <v>6.040575180252131</v>
+        <v>6.040506182557543</v>
       </c>
       <c r="F360" s="11">
-        <v>6.0122095805048579</v>
+        <v>6.0121405828102699</v>
       </c>
       <c r="G360" s="11">
-        <v>6.2796203552909304</v>
+        <v>6.2794764581254618</v>
       </c>
       <c r="H360" s="11">
-        <v>5.9192885411228158</v>
+        <v>5.9192188273679367</v>
       </c>
       <c r="J360" s="10">
         <v>45901</v>
       </c>
       <c r="K360" s="11">
-        <v>13.403735453847901</v>
+        <v>13.74197440281614</v>
       </c>
       <c r="L360" s="11">
-        <v>8.5294625820578318</v>
+        <v>8.5303560674156618</v>
       </c>
       <c r="M360" s="11">
-        <v>4.7397553528481522</v>
+        <v>4.7497726764577486</v>
       </c>
       <c r="N360" s="11">
-        <v>4.1373997827010509</v>
+        <v>4.1471473162932924</v>
       </c>
       <c r="O360" s="11">
-        <v>7.2745868020059916</v>
+        <v>7.2853775925227806</v>
       </c>
       <c r="P360" s="11">
-        <v>4.4475476270621943</v>
+        <v>4.4410421528081461</v>
       </c>
       <c r="Q360" s="11">
-        <v>4.6817386194150146</v>
+        <v>4.5900665724330398</v>
       </c>
       <c r="R360" s="11">
-        <v>4.0058009223827193</v>
+        <v>3.91558125390595</v>
       </c>
       <c r="S360" s="11">
-        <v>2.7124871616621</v>
+        <v>2.511689135621558</v>
       </c>
       <c r="T360" s="11">
-        <v>2.3185756070891701</v>
+        <v>2.159556068435537</v>
       </c>
       <c r="V360" s="10">
         <v>45901</v>
       </c>
       <c r="W360" s="22">
         <v>25.5</v>
       </c>
       <c r="X360" s="14">
         <v>2.827515</v>
       </c>
       <c r="Y360" s="19">
         <v>7.9064999999999996E-2</v>
       </c>
     </row>
     <row r="361" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B361" s="10">
         <v>45931</v>
       </c>
       <c r="C361" s="11">
-        <v>9.413419818187954</v>
+        <v>9.4058898181879531</v>
       </c>
       <c r="D361" s="11">
-        <v>7.7222022058382649</v>
+        <v>7.714672205838264</v>
       </c>
       <c r="E361" s="11">
-        <v>6.9543292149247993</v>
+        <v>6.9467992149247983</v>
       </c>
       <c r="F361" s="11">
-        <v>6.9259632892263143</v>
+        <v>6.9184332892263134</v>
       </c>
       <c r="G361" s="11">
-        <v>7.1926661504073319</v>
+        <v>7.185136150407331</v>
       </c>
       <c r="H361" s="11">
-        <v>6.8321567309656457</v>
+        <v>6.8246267309656448</v>
       </c>
       <c r="J361" s="10">
         <v>45931</v>
       </c>
       <c r="K361" s="11">
-        <v>13.36183245650383</v>
+        <v>13.71074095076437</v>
       </c>
       <c r="L361" s="11">
-        <v>8.5810611716370566</v>
+        <v>8.5726743323504948</v>
       </c>
       <c r="M361" s="11">
-        <v>4.7648949726331624</v>
+        <v>4.7745085059733992</v>
       </c>
       <c r="N361" s="11">
-        <v>4.1593843557980037</v>
+        <v>4.1687787751916838</v>
       </c>
       <c r="O361" s="11">
-        <v>7.3115270632890823</v>
+        <v>7.3200122697511336</v>
       </c>
       <c r="P361" s="11">
-        <v>4.4707439591624647</v>
+        <v>4.4630251095966109</v>
       </c>
       <c r="Q361" s="11">
-        <v>4.7084259554236434</v>
+        <v>4.6076698365505067</v>
       </c>
       <c r="R361" s="11">
-        <v>4.0275808360248506</v>
+        <v>3.929258548974357</v>
       </c>
       <c r="S361" s="11">
-        <v>2.7228866266293061</v>
+        <v>2.5323561250385929</v>
       </c>
       <c r="T361" s="11">
-        <v>2.326748328942311</v>
+        <v>2.177233655286468</v>
       </c>
       <c r="V361" s="10">
         <v>45931</v>
       </c>
       <c r="W361" s="22">
         <v>25.5</v>
       </c>
       <c r="X361" s="14">
         <v>2.827515</v>
       </c>
       <c r="Y361" s="19">
         <v>7.9064999999999996E-2</v>
       </c>
     </row>
     <row r="362" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B362" s="10">
         <v>45962</v>
       </c>
       <c r="C362" s="11">
         <v>9.25907376760453</v>
       </c>
       <c r="D362" s="11">
         <v>7.5754772368727856</v>
       </c>
       <c r="E362" s="11">
         <v>6.8163517063176213</v>
       </c>
       <c r="F362" s="11">
         <v>6.788576694958282</v>
       </c>
       <c r="G362" s="11">
         <v>7.0553992417777831</v>
       </c>
       <c r="H362" s="11">
         <v>6.6976954893303464</v>
       </c>
       <c r="J362" s="10">
         <v>45962</v>
       </c>
       <c r="K362" s="11">
-        <v>13.366450899281929</v>
+        <v>13.72202140407663</v>
       </c>
       <c r="L362" s="11">
-        <v>8.5794102254027695</v>
+        <v>8.5771959809418146</v>
       </c>
       <c r="M362" s="11">
-        <v>4.7816813259394966</v>
+        <v>4.7868103357628664</v>
       </c>
       <c r="N362" s="11">
-        <v>4.2101777515314067</v>
+        <v>4.2151619339034498</v>
       </c>
       <c r="O362" s="11">
-        <v>7.3195041657809279</v>
+        <v>7.324580335397294</v>
       </c>
       <c r="P362" s="11">
-        <v>4.476671121821437</v>
+        <v>4.4664204287370204</v>
       </c>
       <c r="Q362" s="11">
-        <v>4.7216552378154413</v>
+        <v>4.6174697387412627</v>
       </c>
       <c r="R362" s="11">
-        <v>4.036984030657579</v>
+        <v>3.936007484470522</v>
       </c>
       <c r="S362" s="11">
-        <v>2.728553649578739</v>
+        <v>2.5358556976113529</v>
       </c>
       <c r="T362" s="11">
-        <v>2.333153525142007</v>
+        <v>2.180733227859228</v>
       </c>
       <c r="V362" s="10">
         <v>45962</v>
       </c>
       <c r="W362" s="22">
         <v>25.5</v>
       </c>
       <c r="X362" s="14">
         <v>2.827515</v>
       </c>
       <c r="Y362" s="19">
         <v>7.9064999999999996E-2</v>
       </c>
     </row>
     <row r="363" spans="2:25" x14ac:dyDescent="0.2">
       <c r="B363" s="10">
         <v>45992</v>
       </c>
       <c r="C363" s="11">
         <v>7.6666420309174477</v>
       </c>
       <c r="D363" s="11">
         <v>6.03062549510887</v>
       </c>
       <c r="E363" s="11">
         <v>5.300720619045876</v>
       </c>
       <c r="F363" s="11">
         <v>5.2747391678559659</v>
       </c>
       <c r="G363" s="11">
         <v>5.5308385020067892</v>
       </c>
       <c r="H363" s="11">
         <v>5.1913470402263622</v>
       </c>
       <c r="J363" s="10">
         <v>45992</v>
       </c>
       <c r="K363" s="11">
-        <v>13.36745479724814</v>
+        <v>13.72302075897198</v>
       </c>
       <c r="L363" s="11">
-        <v>8.581320114693801</v>
+        <v>8.5774826633638881</v>
       </c>
       <c r="M363" s="11">
-        <v>4.783818641412382</v>
+        <v>4.786890369939881</v>
       </c>
       <c r="N363" s="11">
-        <v>4.2123104556055289</v>
+        <v>4.2152339646627643</v>
       </c>
       <c r="O363" s="11">
-        <v>7.3213647464789862</v>
+        <v>7.3247237508103247</v>
       </c>
       <c r="P363" s="11">
-        <v>4.4788605104918089</v>
+        <v>4.4664614045693156</v>
       </c>
       <c r="Q363" s="11">
-        <v>4.7233161256564173</v>
+        <v>4.6174774950131479</v>
       </c>
       <c r="R363" s="11">
-        <v>4.0370296275786206</v>
+        <v>3.936007484470522</v>
       </c>
       <c r="S363" s="11">
-        <v>2.7225259641880588</v>
+        <v>2.5306877207857359</v>
       </c>
       <c r="T363" s="11">
-        <v>2.327128293890226</v>
+        <v>2.1755673551469039</v>
       </c>
       <c r="V363" s="10">
         <v>45992</v>
       </c>
       <c r="W363" s="22">
         <v>25.5</v>
       </c>
       <c r="X363" s="14">
         <v>2.827515</v>
       </c>
       <c r="Y363" s="19">
+        <v>7.9064999999999996E-2</v>
+      </c>
+    </row>
+    <row r="364" spans="2:25" x14ac:dyDescent="0.2">
+      <c r="B364" s="10">
+        <v>46023</v>
+      </c>
+      <c r="C364" s="11">
+        <v>17.88148889735761</v>
+      </c>
+      <c r="D364" s="11">
+        <v>16.238346411697989</v>
+      </c>
+      <c r="E364" s="11">
+        <v>15.497843203553341</v>
+      </c>
+      <c r="F364" s="11">
+        <v>15.47125388536411</v>
+      </c>
+      <c r="G364" s="11">
+        <v>15.7375216826059</v>
+      </c>
+      <c r="H364" s="11">
+        <v>15.379842231748629</v>
+      </c>
+      <c r="J364" s="10">
+        <v>46023</v>
+      </c>
+      <c r="K364" s="11">
+        <v>14.21284923627598</v>
+      </c>
+      <c r="L364" s="11">
+        <v>8.8019355713154184</v>
+      </c>
+      <c r="M364" s="11">
+        <v>4.8796429148428144</v>
+      </c>
+      <c r="N364" s="11">
+        <v>4.3040909368025897</v>
+      </c>
+      <c r="O364" s="11">
+        <v>7.4956894857022229</v>
+      </c>
+      <c r="P364" s="11">
+        <v>4.5340799732158814</v>
+      </c>
+      <c r="Q364" s="11">
+        <v>4.7730279526244814</v>
+      </c>
+      <c r="R364" s="11">
+        <v>4.0123635270070714</v>
+      </c>
+      <c r="S364" s="11">
+        <v>2.5804496711098368</v>
+      </c>
+      <c r="T364" s="11">
+        <v>2.204683974981958</v>
+      </c>
+      <c r="V364" s="10">
+        <v>46023</v>
+      </c>
+      <c r="W364" s="22">
+        <v>25.5</v>
+      </c>
+      <c r="X364" s="14">
+        <v>2.827515</v>
+      </c>
+      <c r="Y364" s="19">
         <v>7.9064999999999996E-2</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="11" type="noConversion"/>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="0.78740157480314998" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C3B6A692-9622-49B5-87B3-D5A159E33C68}">
   <sheetPr codeName="Taul3"/>
   <dimension ref="B3:Z24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A16" sqref="A16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="4" max="4" width="95.28515625" customWidth="1"/>
     <col min="26" max="26" width="13.28515625" customWidth="1"/>
   </cols>