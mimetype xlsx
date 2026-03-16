--- v4 (2026-02-24)
+++ v5 (2026-03-16)
@@ -9,56 +9,56 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="docProps/core0.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
   <workbookPr codeName="TämäTyökirja" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\03197662\Work Folders\datawork2\shv_general\shv_tilastot\tilastot\2026-01_tilasto\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\03197662\Work Folders\datawork2\shv_general\shv_tilastot\tilastot\2026-02_tilasto\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0FC5FE56-2EF9-4FE8-956B-B27560EC4631}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D6DD0818-51BE-4E66-85F3-8957B9F7CAF1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="48000" yWindow="0" windowWidth="28800" windowHeight="15345" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="21120" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sisältö" sheetId="3" r:id="rId1"/>
     <sheet name="Data" sheetId="1" r:id="rId2"/>
     <sheet name="Tyyppikäyttäjien määrittelyt" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="45">
   <si>
     <t>Energiavirasto</t>
@@ -302,51 +302,51 @@
   <si>
     <t>Tyyppikäyttjien K1, K2,  L1, L2, M1, M2, T1 ja T2 oletetaan liittyneen sähköverkkoon 0,4 kV jännitteellä ja</t>
   </si>
   <si>
     <t>tyyppikäyttäjien T3 ja T4 oletetaan liittyneen sähköverkkoon 20 kV jännitteellä.</t>
   </si>
   <si>
     <t>10/24</t>
   </si>
   <si>
     <t>Arvonlisävero on 1.12.2022-30.4.2023 myynnin osalta 10%</t>
   </si>
   <si>
     <t>Toimitusvelvollisten sopimusten hinnat aikavälillä 1.9.2022-1.11.2024 ovat pörssihintaan ja keskimääräiseen marginaaliin perustuva arvio</t>
   </si>
   <si>
     <t>Siirtohinnat aikavälillä 1.9.2022-1.11.2024 lasketaan uudelleen, kun jakeluverkonhaltijoiden tiedoissa tapahtunut muutos saadaan siirrettyä tilastointiin</t>
   </si>
   <si>
     <t>Sähkönhintatilastojen laskentamenetelmät on uudistettu vuodenvaihteessa 2024/2025. Tilastot on laskettu takautuvasti 1.9.2024 alkaen ja 1.11.2024 lähtien tilastot ovat saatavilla vain uudella menetelmällä laskettuna.</t>
   </si>
   <si>
     <t>Energiavirasto jatkaa virheellisten ja vanhentuneiden tuoteilmoitusten korjauksia keväällä 2026.</t>
   </si>
   <si>
-    <t>Tilastoja lasketaan säännöllisesti uudestaan tuotekorjausten edistyessä. Kaikki alla olevat tilastot on päivitetty  3.2.2026.</t>
+    <t xml:space="preserve">Tilastoja lasketaan säännöllisesti uudestaan tuotekorjausten edistyessä. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="[$-10409]d/m/yyyy"/>
     <numFmt numFmtId="165" formatCode="[$-10409]0.00;\(0.00\)"/>
     <numFmt numFmtId="166" formatCode="0.0000"/>
     <numFmt numFmtId="167" formatCode="0.000"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1037,54 +1037,54 @@
       <c r="B3" s="6" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="B4" s="2"/>
     </row>
     <row r="5" spans="1:2" ht="51" x14ac:dyDescent="0.2">
       <c r="B5" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:2" ht="25.5" x14ac:dyDescent="0.2">
       <c r="B7" s="4" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Taul2"/>
-  <dimension ref="B1:Y364"/>
+  <dimension ref="B1:Y365"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A345" workbookViewId="0">
-      <selection activeCell="G351" sqref="G351"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A318" workbookViewId="0">
+      <selection activeCell="N344" sqref="N344"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="6.7109375" style="7" customWidth="1"/>
     <col min="2" max="2" width="12.7109375" style="7" customWidth="1"/>
     <col min="3" max="9" width="6.7109375" style="7" customWidth="1"/>
     <col min="10" max="10" width="12.7109375" style="7" customWidth="1"/>
     <col min="11" max="21" width="6.7109375" style="7" customWidth="1"/>
     <col min="22" max="22" width="12.7109375" style="7" customWidth="1"/>
     <col min="23" max="23" width="6.7109375" style="7" customWidth="1"/>
     <col min="24" max="25" width="12.7109375" style="7" customWidth="1"/>
     <col min="26" max="16384" width="8.7109375" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:25" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="7" t="s">
         <v>4</v>
       </c>
       <c r="J1" s="8" t="s">
         <v>5</v>
       </c>
       <c r="V1" s="9" t="s">
         <v>6</v>
       </c>
@@ -23713,89 +23713,157 @@
       <c r="B364" s="10">
         <v>46023</v>
       </c>
       <c r="C364" s="11">
         <v>17.88148889735761</v>
       </c>
       <c r="D364" s="11">
         <v>16.238346411697989</v>
       </c>
       <c r="E364" s="11">
         <v>15.497843203553341</v>
       </c>
       <c r="F364" s="11">
         <v>15.47125388536411</v>
       </c>
       <c r="G364" s="11">
         <v>15.7375216826059</v>
       </c>
       <c r="H364" s="11">
         <v>15.379842231748629</v>
       </c>
       <c r="J364" s="10">
         <v>46023</v>
       </c>
       <c r="K364" s="11">
-        <v>14.21284923627598</v>
+        <v>14.189648139696139</v>
       </c>
       <c r="L364" s="11">
-        <v>8.8019355713154184</v>
+        <v>8.8021588758234763</v>
       </c>
       <c r="M364" s="11">
-        <v>4.8796429148428144</v>
+        <v>4.8817661636596803</v>
       </c>
       <c r="N364" s="11">
-        <v>4.3040909368025897</v>
+        <v>4.3059758028479944</v>
       </c>
       <c r="O364" s="11">
-        <v>7.4956894857022229</v>
+        <v>7.4986286984748913</v>
       </c>
       <c r="P364" s="11">
-        <v>4.5340799732158814</v>
+        <v>4.5362505492626877</v>
       </c>
       <c r="Q364" s="11">
-        <v>4.7730279526244814</v>
+        <v>4.7757902157069614</v>
       </c>
       <c r="R364" s="11">
-        <v>4.0123635270070714</v>
+        <v>4.0138707753208323</v>
       </c>
       <c r="S364" s="11">
-        <v>2.5804496711098368</v>
+        <v>2.5813096698189182</v>
       </c>
       <c r="T364" s="11">
-        <v>2.204683974981958</v>
+        <v>2.2055439736910389</v>
       </c>
       <c r="V364" s="10">
         <v>46023</v>
       </c>
       <c r="W364" s="22">
         <v>25.5</v>
       </c>
       <c r="X364" s="14">
         <v>2.827515</v>
       </c>
       <c r="Y364" s="19">
+        <v>7.9064999999999996E-2</v>
+      </c>
+    </row>
+    <row r="365" spans="2:25" x14ac:dyDescent="0.2">
+      <c r="B365" s="10">
+        <v>46054</v>
+      </c>
+      <c r="C365" s="11">
+        <v>20.49465276508889</v>
+      </c>
+      <c r="D365" s="11">
+        <v>18.78453337849238</v>
+      </c>
+      <c r="E365" s="11">
+        <v>18.013626174342541</v>
+      </c>
+      <c r="F365" s="11">
+        <v>17.985213743462861</v>
+      </c>
+      <c r="G365" s="11">
+        <v>18.264622132835399</v>
+      </c>
+      <c r="H365" s="11">
+        <v>17.886891039379119</v>
+      </c>
+      <c r="J365" s="10">
+        <v>46054</v>
+      </c>
+      <c r="K365" s="11">
+        <v>14.19983770445427</v>
+      </c>
+      <c r="L365" s="11">
+        <v>8.8043284600907565</v>
+      </c>
+      <c r="M365" s="11">
+        <v>4.8830623135994768</v>
+      </c>
+      <c r="N365" s="11">
+        <v>4.3071022913272348</v>
+      </c>
+      <c r="O365" s="11">
+        <v>7.5005765079244986</v>
+      </c>
+      <c r="P365" s="11">
+        <v>4.5374925773582069</v>
+      </c>
+      <c r="Q365" s="11">
+        <v>4.7771204543285757</v>
+      </c>
+      <c r="R365" s="11">
+        <v>4.0150018219654688</v>
+      </c>
+      <c r="S365" s="11">
+        <v>2.5813162969927368</v>
+      </c>
+      <c r="T365" s="11">
+        <v>2.2055508456727968</v>
+      </c>
+      <c r="V365" s="10">
+        <v>46054</v>
+      </c>
+      <c r="W365" s="22">
+        <v>25.5</v>
+      </c>
+      <c r="X365" s="14">
+        <v>2.827515</v>
+      </c>
+      <c r="Y365" s="19">
         <v>7.9064999999999996E-2</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="11" type="noConversion"/>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="0.78740157480314998" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C3B6A692-9622-49B5-87B3-D5A159E33C68}">
   <sheetPr codeName="Taul3"/>
   <dimension ref="B3:Z24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A16" sqref="A16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="4" max="4" width="95.28515625" customWidth="1"/>
     <col min="26" max="26" width="13.28515625" customWidth="1"/>
   </cols>
@@ -23973,50 +24041,70 @@
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="H5:W5"/>
     <mergeCell ref="F3:U3"/>
     <mergeCell ref="H7:W7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f298ac1c-8781-457c-836a-c94febb0efd7">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="492ee864-9a00-4053-8292-33da4057805d" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Asiakirja" ma:contentTypeID="0x010100548D545B624AB244A21D45171E99030B" ma:contentTypeVersion="16" ma:contentTypeDescription="Luo uusi asiakirja." ma:contentTypeScope="" ma:versionID="8792ddea00f58bb6d3df446caf62c379">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f298ac1c-8781-457c-836a-c94febb0efd7" xmlns:ns3="492ee864-9a00-4053-8292-33da4057805d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4e0ef6e7a5cf5e7b99538e7e4ca74cb4" ns2:_="" ns3:_="">
     <xsd:import namespace="f298ac1c-8781-457c-836a-c94febb0efd7"/>
     <xsd:import namespace="492ee864-9a00-4053-8292-33da4057805d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
@@ -24215,110 +24303,90 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C18AAB76-1242-464F-BE1E-0B5E57067EA3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="f298ac1c-8781-457c-836a-c94febb0efd7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="492ee864-9a00-4053-8292-33da4057805d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1A79518-9E53-4CF2-9EEB-45F9180C1DA6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FFF9DD18-287D-4294-BA50-BBE064B1728E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="f298ac1c-8781-457c-836a-c94febb0efd7"/>
     <ds:schemaRef ds:uri="492ee864-9a00-4053-8292-33da4057805d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...23 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Laskentataulukot</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sisältö</vt:lpstr>
       <vt:lpstr>Data</vt:lpstr>
       <vt:lpstr>Tyyppikäyttäjien määrittelyt</vt:lpstr>
     </vt:vector>