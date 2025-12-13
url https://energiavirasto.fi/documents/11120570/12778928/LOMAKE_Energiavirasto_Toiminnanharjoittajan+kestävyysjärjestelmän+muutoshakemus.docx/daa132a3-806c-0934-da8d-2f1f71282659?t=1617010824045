--- v0 (2025-10-04)
+++ v1 (2025-12-13)
@@ -1,3221 +1,3533 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="PNG" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0D7C77AB" w14:textId="77777777" w:rsidR="00B46320" w:rsidRPr="001516F0" w:rsidRDefault="00B46320" w:rsidP="007A6F7E">
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+    <w:p w14:paraId="084DF5F7" w14:textId="77777777" w:rsidR="00B46320" w:rsidRPr="00BE2F24" w:rsidRDefault="00B46320" w:rsidP="007A6F7E">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="27"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE2F24">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="27"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="7B079A6F" w14:textId="77777777" w:rsidR="00A05EF5" w:rsidRDefault="00A05EF5" w:rsidP="007A6F7E">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Toiminnanharjoittajan kestävyysjärjestelmän hyväksymishakemus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31E1ABD8" w14:textId="77777777" w:rsidR="00B46320" w:rsidRDefault="00B46320" w:rsidP="007A6F7E">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DBC80D1" w14:textId="77777777" w:rsidR="00A05EF5" w:rsidRDefault="00A05EF5" w:rsidP="00A05EF5">
+    <w:p w14:paraId="605EC771" w14:textId="77777777" w:rsidR="009D0181" w:rsidRDefault="009D0181" w:rsidP="009D0181">
       <w:r w:rsidRPr="001516F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Muutoshakemus täytetään niiltä osin kuin muutosta haetaan</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> suhteessa toiminnanharjoittajan hyväksyttyyn kestävyysjärjestelmään. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73A6D2BA" w14:textId="77777777" w:rsidR="00B46320" w:rsidRPr="001516F0" w:rsidRDefault="00B46320" w:rsidP="007A6F7E">
+    <w:p w14:paraId="4AEC2546" w14:textId="77777777" w:rsidR="009D0181" w:rsidRPr="00DC0F81" w:rsidRDefault="009D0181" w:rsidP="007A6F7E">
       <w:pPr>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="61EF0CB3" w14:textId="77777777" w:rsidR="00B46320" w:rsidRPr="004B3932" w:rsidRDefault="00216C36" w:rsidP="007A6F7E">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="398A5044" w14:textId="77777777" w:rsidR="00B46320" w:rsidRPr="00216C36" w:rsidRDefault="00216C36" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Otsikko2"/>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00216C36">
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00BF08C9" w:rsidRPr="004B3932">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00BF08C9" w:rsidRPr="00216C36">
         <w:t>oiminnanharjoittajan tiedot</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B4568C9" w14:textId="77777777" w:rsidR="005E28CA" w:rsidRPr="004B3932" w:rsidRDefault="005E28CA" w:rsidP="001516F0">
-[...4 lines deleted...]
-    <w:p w14:paraId="2AC714DB" w14:textId="77777777" w:rsidR="00B46320" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
+    <w:p w14:paraId="0A360F88" w14:textId="2CEA2254" w:rsidR="00B46320" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
       <w:r>
         <w:t xml:space="preserve">A. </w:t>
       </w:r>
       <w:r w:rsidR="00B46320">
         <w:t>Nimi</w:t>
       </w:r>
       <w:r w:rsidR="00216C36">
         <w:t>, Y-tunnus</w:t>
       </w:r>
       <w:r w:rsidR="00B46320">
-        <w:t xml:space="preserve"> ja yhteystiedot</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3277E9A1" w14:textId="77777777" w:rsidR="00BF08C9" w:rsidRDefault="00BF08C9" w:rsidP="007A6F7E">
+        <w:t xml:space="preserve"> ja yhteystiedo</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA1C7B">
+        <w:t>t</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56FE8B2E" w14:textId="77777777" w:rsidR="00BF08C9" w:rsidRDefault="00BF08C9" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D4A97AF" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
+    <w:p w14:paraId="7E2E3514" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71A9F860" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
+    <w:p w14:paraId="4DB74A82" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20AA78FB" w14:textId="77777777" w:rsidR="00B46320" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
+    <w:p w14:paraId="0BB23C04" w14:textId="77777777" w:rsidR="00B46320" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">B. </w:t>
       </w:r>
-      <w:r w:rsidR="00D21680">
+      <w:r w:rsidR="00B46320">
         <w:t>Yhteyshenkilön tiedot</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46F003A2" w14:textId="77777777" w:rsidR="00B46320" w:rsidRPr="001516F0" w:rsidRDefault="00B46320" w:rsidP="007A6F7E">
+    <w:p w14:paraId="4FB51050" w14:textId="77777777" w:rsidR="00B46320" w:rsidRDefault="00B46320" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="00C83E83" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRPr="001516F0" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="703FA301" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="1D12E735" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="545D4450" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="793C97E5" w14:textId="77777777" w:rsidR="00B46320" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
+    <w:p w14:paraId="1912A115" w14:textId="77777777" w:rsidR="00B46320" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">C. </w:t>
       </w:r>
       <w:r w:rsidR="00F41654">
         <w:t>Millä perusteella k</w:t>
       </w:r>
       <w:r w:rsidR="00B46320">
         <w:t xml:space="preserve">estävyyslain mukainen </w:t>
       </w:r>
       <w:r w:rsidR="00F41654">
         <w:t>toiminnanharjoittaja</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="249C2803" w14:textId="77777777" w:rsidR="00E32AFC" w:rsidRPr="001516F0" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
+    <w:p w14:paraId="7ABA6B4E" w14:textId="77777777" w:rsidR="00E32AFC" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="15B7C80B" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRPr="001516F0" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CB396E1" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="46821660" w14:textId="77777777" w:rsidR="00C83150" w:rsidRDefault="00C83150" w:rsidP="00C83150">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70B02634" w14:textId="77777777" w:rsidR="00B46320" w:rsidRDefault="00B46320" w:rsidP="007A6F7E">
+      <w:pPr>
+        <w:pStyle w:val="Luettelokappale"/>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:left="2160"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30B68B62" w14:textId="77777777" w:rsidR="00DE3C71" w:rsidRDefault="00DE3C71" w:rsidP="00DE3C71">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="001516F0">
+      <w:r w:rsidRPr="00BE2F24">
         <w:t>D. Laitoksen toiminnan aloitusajankohta</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5202715F" w14:textId="77777777" w:rsidR="00C83150" w:rsidRPr="001516F0" w:rsidRDefault="00C83150" w:rsidP="00C83150">
+    <w:p w14:paraId="660DF70E" w14:textId="77777777" w:rsidR="00DE3C71" w:rsidRDefault="00DE3C71" w:rsidP="00DE3C71">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="2BA70EBC" w14:textId="77777777" w:rsidR="00465A1B" w:rsidRPr="001516F0" w:rsidRDefault="00465A1B" w:rsidP="00C83150">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40CBC6BA" w14:textId="77777777" w:rsidR="00DE3C71" w:rsidRDefault="00DE3C71" w:rsidP="00DE3C71">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="7BF9E96E" w14:textId="77777777" w:rsidR="00B46320" w:rsidRPr="001516F0" w:rsidRDefault="00B46320" w:rsidP="007A6F7E">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6493A3F6" w14:textId="77777777" w:rsidR="00DE3C71" w:rsidRDefault="00DE3C71" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="2160"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="3D7D18EC" w14:textId="77777777" w:rsidR="00B46320" w:rsidRPr="004B3932" w:rsidRDefault="00B46320" w:rsidP="007A6F7E">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F05FEC5" w14:textId="77777777" w:rsidR="00B46320" w:rsidRPr="00216C36" w:rsidRDefault="00B46320" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Otsikko2"/>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00216C36">
         <w:t>Yleistä toiminnanharjoittajasta</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0331E83C" w14:textId="77777777" w:rsidR="00E32AFC" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
+    <w:p w14:paraId="740B7C58" w14:textId="77777777" w:rsidR="00E32AFC" w:rsidRPr="002D5617" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2CA6F8C0" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRPr="00B46320" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77AE1F52" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRPr="002D5617" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-    <w:p w14:paraId="1CA1A503" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRPr="00D04A19" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DF48798" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRPr="00D04A19" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0044249B" w14:textId="0CBC4953" w:rsidR="00B46320" w:rsidRPr="001516F0" w:rsidRDefault="00B46320" w:rsidP="007A6F7E">
+    <w:p w14:paraId="5902C755" w14:textId="1DC0270F" w:rsidR="00B46320" w:rsidRDefault="00B46320" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Otsikko2"/>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B46320">
         <w:t xml:space="preserve">Kestävyysjärjestelmän kattamat </w:t>
       </w:r>
-      <w:r w:rsidRPr="001516F0">
-[...30 lines deleted...]
-    <w:p w14:paraId="513D10D8" w14:textId="77777777" w:rsidR="00E32AFC" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
+      <w:r w:rsidR="00BA056C">
+        <w:t xml:space="preserve">uusiutuvat polttoaineet </w:t>
+      </w:r>
+      <w:r w:rsidR="00A41CFC" w:rsidRPr="00B46320" w:rsidDel="00A41CFC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AA5DE1F" w14:textId="77777777" w:rsidR="00E32AFC" w:rsidRPr="002D5617" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2EBC13B3" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRPr="00B46320" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="284727BA" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRPr="002D5617" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:b/>
-[...17 lines deleted...]
-    <w:p w14:paraId="13812C74" w14:textId="679FF23A" w:rsidR="00B46320" w:rsidRDefault="00886B5C" w:rsidP="007A6F7E">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CCBC397" w14:textId="77777777" w:rsidR="00B46320" w:rsidRDefault="00B46320" w:rsidP="007A6F7E">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="401B5A76" w14:textId="3DA8BB0B" w:rsidR="00B46320" w:rsidRPr="00BE2F24" w:rsidRDefault="00886B5C">
       <w:pPr>
         <w:pStyle w:val="Otsikko2"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B3932">
+      <w:r>
+        <w:t>Kohdassa 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00B46320" w:rsidRPr="00B46320">
+        <w:t xml:space="preserve"> mainit</w:t>
+      </w:r>
+      <w:r w:rsidR="00892DD1">
+        <w:t>ut</w:t>
+      </w:r>
+      <w:r w:rsidR="00B46320" w:rsidRPr="00B46320">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB2AE7" w:rsidRPr="004B3932">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Kohdassa 3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B46320" w:rsidRPr="004B3932">
+        <w:t>biopolttoaine</w:t>
+      </w:r>
+      <w:r w:rsidR="00892DD1">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mainittujen biopolttoaineiden</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00840790" w:rsidRPr="004B3932">
+        <w:t>et</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB2AE7" w:rsidRPr="004B3932">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00B46320" w:rsidRPr="001516F0">
+      <w:r w:rsidR="00EB2AE7" w:rsidRPr="001516F0">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>bionesteiden</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00840790" w:rsidRPr="001516F0">
+        <w:t>bionest</w:t>
+      </w:r>
+      <w:r w:rsidR="00892DD1">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ja biomassapolttoaineiden</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B46320" w:rsidRPr="001516F0">
+        <w:t>eet</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB2AE7" w:rsidRPr="001516F0">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> tuotantoketjujen kuvaus</w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="5D9326F9" w14:textId="7E1C792D" w:rsidR="007A6F7E" w:rsidRPr="001516F0" w:rsidRDefault="00CD0B60" w:rsidP="007A6F7E">
+        <w:t xml:space="preserve"> ja biomassapolttoaine</w:t>
+      </w:r>
+      <w:r w:rsidR="00892DD1">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>et</w:t>
+      </w:r>
+      <w:r w:rsidR="00483E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ja </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0261D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00E453C2">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>iide</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0261D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidR="00483E04">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>raaka-aineet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="746A3C34" w14:textId="281B1418" w:rsidR="007A6F7E" w:rsidRPr="00BE2F24" w:rsidRDefault="00CD0B60" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001516F0">
+      <w:r w:rsidRPr="00BE2F24">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="003D412F" w:rsidRPr="001516F0">
+        <w:t xml:space="preserve">Kuvaus </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE534D" w:rsidRPr="001516F0">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001516F0">
+        <w:t>biopolttoaineiden, bionesteiden ja biomassapolttoaineiden tuotannossa tai valmistuksessa käytettävistä raaka-aineista</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE534D" w:rsidRPr="007223F5" w:rsidDel="00EE534D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> bionesteiden </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003D412F" w:rsidRPr="001516F0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA760F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ja biomassapolttoa</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C13390" w:rsidRPr="001516F0">
+        <w:t>ja niiden määrän määrityksestä</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE534D" w:rsidRPr="007223F5" w:rsidDel="00EE534D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">ineiden </w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="714AF594" w14:textId="77777777" w:rsidR="00E32AFC" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A9480D7" w14:textId="77777777" w:rsidR="00E32AFC" w:rsidRPr="002D5617" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-    <w:p w14:paraId="63BC19FC" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRPr="00B46320" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E1F8BF4" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRPr="002D5617" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-    <w:p w14:paraId="423DD60D" w14:textId="2561B8F2" w:rsidR="007A6F7E" w:rsidRPr="001516F0" w:rsidRDefault="00CD0B60" w:rsidP="007A6F7E">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B48CCEF" w14:textId="00A6337B" w:rsidR="007A6F7E" w:rsidRDefault="00CD0B60" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE2F24">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="001516F0">
+        <w:t>Kuvaus</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E547A5" w:rsidRPr="001516F0">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Kuvaus biopolttoaineiden</w:t>
-[...30 lines deleted...]
-    <w:p w14:paraId="59499414" w14:textId="77777777" w:rsidR="007A6F7E" w:rsidRDefault="007A6F7E" w:rsidP="007A6F7E">
+        <w:t>biopolttoaineiden, bionesteiden ja biomassapolttoaineiden tuotanto- tai valmistusprosesseista</w:t>
+      </w:r>
+      <w:r w:rsidR="00E547A5" w:rsidDel="00E547A5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72EAB6A0" w14:textId="77777777" w:rsidR="007A6F7E" w:rsidRPr="002D5617" w:rsidRDefault="007A6F7E" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-    <w:p w14:paraId="76C2978F" w14:textId="77777777" w:rsidR="007A6F7E" w:rsidRPr="00B46320" w:rsidRDefault="007A6F7E" w:rsidP="007A6F7E">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="316D151B" w14:textId="6AAB416C" w:rsidR="007A6F7E" w:rsidRPr="002D5617" w:rsidRDefault="007A6F7E" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7FE9361F" w14:textId="5A4FDDD8" w:rsidR="007A6F7E" w:rsidRPr="004B3932" w:rsidRDefault="007A6F7E" w:rsidP="001516F0">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40CF85C0" w14:textId="77777777" w:rsidR="007A6F7E" w:rsidRDefault="007A6F7E" w:rsidP="007A6F7E"/>
+    <w:p w14:paraId="23B47F98" w14:textId="6032DAAF" w:rsidR="007A6F7E" w:rsidRDefault="00892DD1" w:rsidP="00F33547">
       <w:pPr>
         <w:pStyle w:val="Otsikko2"/>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="001516F0">
-[...8 lines deleted...]
-        <w:pStyle w:val="Otsikko2"/>
+      <w:r>
+        <w:t>Kohdassa 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B46320">
+        <w:t xml:space="preserve"> mainit</w:t>
+      </w:r>
+      <w:r w:rsidR="009E14DF">
+        <w:t>ut</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B46320">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F33547">
+        <w:t>RFNBO-polttoaine</w:t>
+      </w:r>
+      <w:r w:rsidR="009E14DF">
+        <w:t>et</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E8FB765" w14:textId="77777777" w:rsidR="00CD0B60" w:rsidRDefault="00CD0B60" w:rsidP="007A6F7E">
+      <w:pPr>
+        <w:pStyle w:val="Leipteksti"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A7B7AFA" w14:textId="12DAD73D" w:rsidR="007A6F7E" w:rsidRDefault="00F33547" w:rsidP="00F33547">
+      <w:pPr>
+        <w:pStyle w:val="Leipteksti"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="0"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...156 lines deleted...]
-    <w:p w14:paraId="168DE836" w14:textId="77777777" w:rsidR="007A6F7E" w:rsidRPr="001516F0" w:rsidRDefault="007A6F7E" w:rsidP="007A6F7E">
+      </w:pPr>
+      <w:r w:rsidRPr="00F33547">
+        <w:t xml:space="preserve">Kuvaus </w:t>
+      </w:r>
+      <w:r>
+        <w:t>RFNBO-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F33547">
+        <w:t xml:space="preserve">polttoaineiden </w:t>
+      </w:r>
+      <w:r w:rsidR="007C3C4C" w:rsidRPr="007C3C4C">
+        <w:t>tuotannossa tai valmistuksessa käytettävistä raaka-aineista</w:t>
+      </w:r>
+      <w:r w:rsidR="00913035">
+        <w:t>/panoksista</w:t>
+      </w:r>
+      <w:r w:rsidR="004F31C4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E29A820" w14:textId="77777777" w:rsidR="007A6F7E" w:rsidRDefault="007A6F7E" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="5D1215DD" w14:textId="77777777" w:rsidR="007A6F7E" w:rsidRPr="001516F0" w:rsidRDefault="007A6F7E" w:rsidP="007A6F7E">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F23D5A1" w14:textId="77777777" w:rsidR="007A6F7E" w:rsidRDefault="007A6F7E" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="19DDAC9C" w14:textId="77777777" w:rsidR="007A6F7E" w:rsidRDefault="007A6F7E" w:rsidP="007A6F7E">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6959A373" w14:textId="77777777" w:rsidR="00F33547" w:rsidRDefault="00F33547" w:rsidP="00F33547">
+      <w:pPr>
+        <w:pStyle w:val="Leipteksti"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="531B1060" w14:textId="47FD97EB" w:rsidR="007C3C4C" w:rsidRDefault="007C3C4C" w:rsidP="007C3C4C">
+      <w:pPr>
+        <w:pStyle w:val="Leipteksti"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F33547">
+        <w:t xml:space="preserve">Kuvaus </w:t>
+      </w:r>
+      <w:r>
+        <w:t>RFNBO-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F33547">
+        <w:t>polttoaineiden tuotanto- tai valmis</w:t>
+      </w:r>
+      <w:r>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F33547">
+        <w:t>usprosesseista</w:t>
+      </w:r>
+      <w:r w:rsidR="00393AFA">
+        <w:t xml:space="preserve"> ja niissä syntyvistä tuotoksista</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5050242A" w14:textId="77777777" w:rsidR="007C3C4C" w:rsidRDefault="007C3C4C" w:rsidP="007C3C4C">
+      <w:pPr>
+        <w:pStyle w:val="Luettelokappale"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="120" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D8851AD" w14:textId="77777777" w:rsidR="007C3C4C" w:rsidRDefault="007C3C4C" w:rsidP="007C3C4C">
+      <w:pPr>
+        <w:pStyle w:val="Luettelokappale"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="120" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3335086F" w14:textId="77777777" w:rsidR="00F33547" w:rsidRDefault="00F33547" w:rsidP="00F33547">
+      <w:pPr>
+        <w:pStyle w:val="Leipteksti"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="264900F0" w14:textId="5564ED5F" w:rsidR="00F33547" w:rsidRDefault="000A2CF7" w:rsidP="00F33547">
+      <w:pPr>
+        <w:pStyle w:val="Leipteksti"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000A2CF7">
+        <w:t xml:space="preserve">Kuvaus </w:t>
+      </w:r>
+      <w:r w:rsidR="00961BE4">
+        <w:t xml:space="preserve">miten </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A2CF7">
+        <w:t>RFNBO-polttoaineiden tuotannossa</w:t>
+      </w:r>
+      <w:r w:rsidR="007503B1">
+        <w:t xml:space="preserve"> tai valmistuksessa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A2CF7">
+        <w:t xml:space="preserve"> käytet</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5077">
+        <w:t>yn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A2CF7">
+        <w:t xml:space="preserve"> uusiutuvan sähkön vaatimustenmukaisuu</w:t>
+      </w:r>
+      <w:r w:rsidR="00961BE4">
+        <w:t>s osoitetaan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A2CF7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59B5C842" w14:textId="77777777" w:rsidR="00F33547" w:rsidRDefault="00F33547" w:rsidP="00F33547">
+      <w:pPr>
+        <w:pStyle w:val="Luettelokappale"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="120" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DD07A59" w14:textId="77777777" w:rsidR="00F33547" w:rsidRDefault="00F33547" w:rsidP="00F33547">
+      <w:pPr>
+        <w:pStyle w:val="Luettelokappale"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="120" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="592EC45C" w14:textId="77777777" w:rsidR="001C2136" w:rsidRDefault="001C2136" w:rsidP="001C2136">
+      <w:pPr>
+        <w:pStyle w:val="Leipteksti"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CA19BDF" w14:textId="0534E480" w:rsidR="001C2136" w:rsidRDefault="001C2136" w:rsidP="001C2136">
+      <w:pPr>
+        <w:pStyle w:val="Leipteksti"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F33547">
+        <w:t>Kuvaus</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> menettelyistä, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00614F6D">
+        <w:t>joilla tuotetaan tiedot RFNBO-polttoaineiden tuottamiseen käytetyn sähkön määristä ja tuotetuista polttoaineista</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EE57281" w14:textId="77777777" w:rsidR="001C2136" w:rsidRDefault="001C2136" w:rsidP="001C2136">
+      <w:pPr>
+        <w:pStyle w:val="Luettelokappale"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="120" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4366BD6B" w14:textId="77777777" w:rsidR="001C2136" w:rsidRDefault="001C2136" w:rsidP="001C2136">
+      <w:pPr>
+        <w:pStyle w:val="Luettelokappale"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="120" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AB5781D" w14:textId="77777777" w:rsidR="00C337B0" w:rsidRDefault="00C337B0" w:rsidP="00C337B0">
+      <w:pPr>
+        <w:pStyle w:val="Leipteksti"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A52E7B2" w14:textId="6EE46273" w:rsidR="00C337B0" w:rsidRDefault="00EA08BC" w:rsidP="00C337B0">
+      <w:pPr>
+        <w:pStyle w:val="Leipteksti"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="002E5E26">
+        <w:t>älituotevety</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (vain </w:t>
+      </w:r>
+      <w:r w:rsidR="00482F9A">
+        <w:t xml:space="preserve">Suomessa sijaitsevat </w:t>
+      </w:r>
+      <w:r>
+        <w:t>jalostamot)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C337B0">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC2CD9" w:rsidRPr="00DC2CD9">
+        <w:t>Kuva</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC2CD9">
+        <w:t>us</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC2CD9" w:rsidRPr="00DC2CD9">
+        <w:t xml:space="preserve"> menettely</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC2CD9">
+        <w:t>istä</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC2CD9" w:rsidRPr="00DC2CD9">
+        <w:t>, joilla osoitetaan jalostamolla käytetyn RFNBO-polttoaineen</w:t>
+      </w:r>
+      <w:r w:rsidR="00482F9A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC2CD9" w:rsidRPr="00DC2CD9">
+        <w:t>kestävyys</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC2CD9">
+        <w:t xml:space="preserve"> ja se,</w:t>
+      </w:r>
+      <w:r w:rsidR="00627C93" w:rsidRPr="00627C93">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00627C93">
+        <w:t>että</w:t>
+      </w:r>
+      <w:r w:rsidR="00627C93" w:rsidRPr="00627C93">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E5E26">
+        <w:t>se</w:t>
+      </w:r>
+      <w:r w:rsidR="00627C93" w:rsidRPr="00627C93">
+        <w:t xml:space="preserve"> on käytetty välituotteena perinteisten liikenteen polttoaineiden tai biopolttoaineiden tuotantoon.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="598F8475" w14:textId="77777777" w:rsidR="00C337B0" w:rsidRDefault="00C337B0" w:rsidP="00C337B0">
+      <w:pPr>
+        <w:pStyle w:val="Luettelokappale"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="120" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71D972D0" w14:textId="77777777" w:rsidR="00C337B0" w:rsidRDefault="00C337B0" w:rsidP="00C337B0">
+      <w:pPr>
+        <w:pStyle w:val="Luettelokappale"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="120" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CC73AA9" w14:textId="77777777" w:rsidR="007A6F7E" w:rsidRDefault="007A6F7E" w:rsidP="007A6F7E">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="683390AC" w14:textId="77777777" w:rsidR="00B46320" w:rsidRPr="004B3932" w:rsidRDefault="00B46320" w:rsidP="007A6F7E">
+    <w:p w14:paraId="42222F93" w14:textId="77777777" w:rsidR="00B46320" w:rsidRDefault="00B46320" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Otsikko2"/>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B46320">
         <w:t>Kuvaus kestävyysjärjestelmän perustaksi laaditusta riskinarviosta</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D41F293" w14:textId="77777777" w:rsidR="00E32AFC" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
+    <w:p w14:paraId="3487ED80" w14:textId="77777777" w:rsidR="00E32AFC" w:rsidRPr="002D5617" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-    <w:p w14:paraId="0603ADF3" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRPr="00B46320" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DAF0BD5" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRPr="002D5617" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-    <w:p w14:paraId="5634EDC3" w14:textId="77777777" w:rsidR="00F41654" w:rsidRDefault="00F41654" w:rsidP="007A6F7E">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F65DD65" w14:textId="77777777" w:rsidR="00F41654" w:rsidRDefault="00F41654" w:rsidP="007A6F7E">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47922B4E" w14:textId="77777777" w:rsidR="00B46320" w:rsidRPr="004B3932" w:rsidRDefault="00B46320" w:rsidP="007A6F7E">
+    <w:p w14:paraId="21EB3E90" w14:textId="702B55DD" w:rsidR="00B46320" w:rsidRDefault="00B46320" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Otsikko2"/>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B46320">
+        <w:lastRenderedPageBreak/>
         <w:t>Kestävyysjärjestelmän kuvaus</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D942487" w14:textId="77777777" w:rsidR="00B46320" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
+    <w:p w14:paraId="4989E7A9" w14:textId="77777777" w:rsidR="00BE2F24" w:rsidRPr="00BE2F24" w:rsidRDefault="00BE2F24" w:rsidP="00BE2F24">
+      <w:pPr>
+        <w:pStyle w:val="Leipteksti"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58CBF01B" w14:textId="77777777" w:rsidR="00B46320" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
       <w:r>
         <w:t xml:space="preserve">A. </w:t>
       </w:r>
       <w:r w:rsidR="00B46320">
         <w:t xml:space="preserve">Kuvaus kestävyysjärjestelmän luotettavuudesta, tarkkuudesta ja väärinkäytöksiltä suojaamisesta </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="474A3D0A" w14:textId="77777777" w:rsidR="00E32AFC" w:rsidRPr="001516F0" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
+    <w:p w14:paraId="22C714D3" w14:textId="77777777" w:rsidR="00E32AFC" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="061474FD" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRPr="001516F0" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A76B466" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="6C06DE8E" w14:textId="77777777" w:rsidR="00B46320" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46F38D6A" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E"/>
+    <w:p w14:paraId="0884E59E" w14:textId="77777777" w:rsidR="00B46320" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
       <w:r>
         <w:t xml:space="preserve">B. </w:t>
       </w:r>
       <w:r w:rsidR="00B46320">
         <w:t xml:space="preserve">Kestävyysjärjestelmän ainetase </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E94EB77" w14:textId="77777777" w:rsidR="00E32AFC" w:rsidRPr="001516F0" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
+    <w:p w14:paraId="6D698429" w14:textId="77777777" w:rsidR="00E32AFC" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="121A1411" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRPr="001516F0" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="040007B8" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
-        <w:rPr>
-[...10 lines deleted...]
-      <w:r>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1034C3D6" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E"/>
+    <w:p w14:paraId="53499FBD" w14:textId="65B04DE5" w:rsidR="00DE3C71" w:rsidRDefault="00742FBF" w:rsidP="00DE3C71">
+      <w:r w:rsidRPr="00BE2F24">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3C71" w:rsidRPr="00BE2F24">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00151168" w:rsidRPr="001516F0">
+        <w:t>Bionesteiden, biomassapolttoaineiden</w:t>
+      </w:r>
+      <w:r w:rsidR="00F33547">
+        <w:t>, RFNBO-polttoaineiden</w:t>
+      </w:r>
+      <w:r w:rsidR="00151168" w:rsidRPr="001516F0">
+        <w:t xml:space="preserve"> ja niillä tuotetun energian määrittämismenettelyt</w:t>
+      </w:r>
+      <w:r w:rsidR="00151168">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="045CA22D" w14:textId="77777777" w:rsidR="00C83150" w:rsidRPr="001516F0" w:rsidRDefault="00C83150" w:rsidP="00C83150">
+    <w:p w14:paraId="4A81FBF0" w14:textId="77777777" w:rsidR="00E32AFC" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="70C656E9" w14:textId="77777777" w:rsidR="00C83150" w:rsidRPr="001516F0" w:rsidRDefault="00C83150" w:rsidP="00C83150">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77AAFDB3" w14:textId="77777777" w:rsidR="00742FBF" w:rsidRDefault="00742FBF" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
-        <w:rPr>
-[...18 lines deleted...]
-    <w:p w14:paraId="4056AC79" w14:textId="77777777" w:rsidR="00E32AFC" w:rsidRPr="001516F0" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38947858" w14:textId="77777777" w:rsidR="00ED2495" w:rsidRDefault="00ED2495" w:rsidP="007A6F7E">
+      <w:pPr>
+        <w:pStyle w:val="Luettelokappale"/>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:left="2160"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57CEEAD5" w14:textId="77777777" w:rsidR="00742FBF" w:rsidRDefault="00742FBF" w:rsidP="00742FBF">
+      <w:bookmarkStart w:id="0" w:name="_Hlk66101716"/>
+      <w:r>
+        <w:t xml:space="preserve">D. Kasvihuonekaasupäästövähenemän laskenta </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3813DD66" w14:textId="77777777" w:rsidR="00742FBF" w:rsidRDefault="00742FBF" w:rsidP="00742FBF">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="5823715A" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRPr="001516F0" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D215ABC" w14:textId="77777777" w:rsidR="00742FBF" w:rsidRDefault="00742FBF" w:rsidP="00742FBF">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
-        <w:rPr>
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="_Hlk66101716"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A14FFE9" w14:textId="77777777" w:rsidR="002704B1" w:rsidRDefault="002704B1" w:rsidP="00E54422">
+      <w:pPr>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="746713ED" w14:textId="69A4FBDD" w:rsidR="00E54422" w:rsidRDefault="00E54422" w:rsidP="00E54422">
       <w:r w:rsidRPr="001516F0">
-        <w:t>E</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="67613EDA" w14:textId="4BA6347B" w:rsidR="00B26BF4" w:rsidRDefault="00B26BF4" w:rsidP="007A6F7E">
+        <w:t>E. Raaka-aineen alkuperää koskevien kriteerien täyttyminen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31745B6B" w14:textId="77777777" w:rsidR="00E54422" w:rsidRDefault="00E54422" w:rsidP="00E54422"/>
+    <w:p w14:paraId="57E3D623" w14:textId="77777777" w:rsidR="00E54422" w:rsidRDefault="00E54422" w:rsidP="00E54422">
       <w:r>
         <w:tab/>
         <w:t>Maatalousbiomassat</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="75F70125" w14:textId="77777777" w:rsidR="00E32AFC" w:rsidRPr="001516F0" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
+    <w:p w14:paraId="5A9AD461" w14:textId="77777777" w:rsidR="00E54422" w:rsidRPr="001516F0" w:rsidRDefault="00E54422" w:rsidP="00E54422">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FF3D683" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRPr="001516F0" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
+    <w:p w14:paraId="00D27B03" w14:textId="77777777" w:rsidR="00E54422" w:rsidRPr="001516F0" w:rsidRDefault="00E54422" w:rsidP="00E54422">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71D71238" w14:textId="77777777" w:rsidR="00117F45" w:rsidRDefault="00117F45" w:rsidP="00B26BF4">
+    <w:p w14:paraId="25C5D98A" w14:textId="77777777" w:rsidR="00E54422" w:rsidRDefault="00E54422" w:rsidP="00E54422">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34863D48" w14:textId="4A95D9F3" w:rsidR="00B26BF4" w:rsidRDefault="00B26BF4" w:rsidP="001516F0">
+    <w:p w14:paraId="3237467F" w14:textId="77777777" w:rsidR="00E54422" w:rsidRDefault="00E54422" w:rsidP="00E54422">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>Metsäbiomassat</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CE9B249" w14:textId="77777777" w:rsidR="00B26BF4" w:rsidRPr="001516F0" w:rsidRDefault="00B26BF4" w:rsidP="00B26BF4">
+    <w:p w14:paraId="0D98406E" w14:textId="77777777" w:rsidR="00E54422" w:rsidRPr="001516F0" w:rsidRDefault="00E54422" w:rsidP="00E54422">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C69626A" w14:textId="77777777" w:rsidR="00B26BF4" w:rsidRPr="001516F0" w:rsidRDefault="00B26BF4" w:rsidP="00B26BF4">
+    <w:p w14:paraId="24EC8654" w14:textId="77777777" w:rsidR="00E54422" w:rsidRPr="001516F0" w:rsidRDefault="00E54422" w:rsidP="00E54422">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37565DA3" w14:textId="77777777" w:rsidR="00117F45" w:rsidRDefault="00117F45" w:rsidP="00B26BF4">
+    <w:p w14:paraId="20EA15DA" w14:textId="77777777" w:rsidR="00E54422" w:rsidRDefault="00E54422" w:rsidP="00E54422">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01F14E12" w14:textId="62E2F177" w:rsidR="00B26BF4" w:rsidRDefault="00B26BF4" w:rsidP="001516F0">
+    <w:p w14:paraId="4F551969" w14:textId="77777777" w:rsidR="00E54422" w:rsidRDefault="00E54422" w:rsidP="00E54422">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>Muut raaka-aineet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="214CC456" w14:textId="77777777" w:rsidR="00B26BF4" w:rsidRPr="001516F0" w:rsidRDefault="00B26BF4" w:rsidP="00B26BF4">
+    <w:p w14:paraId="0EBC9EBC" w14:textId="77777777" w:rsidR="00E54422" w:rsidRPr="001516F0" w:rsidRDefault="00E54422" w:rsidP="00E54422">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1914C8C6" w14:textId="77777777" w:rsidR="00B26BF4" w:rsidRPr="001516F0" w:rsidRDefault="00B26BF4" w:rsidP="00B26BF4">
+    <w:p w14:paraId="75225C53" w14:textId="77777777" w:rsidR="00E54422" w:rsidRPr="001516F0" w:rsidRDefault="00E54422" w:rsidP="00E54422">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CA5CDC2" w14:textId="77777777" w:rsidR="006941E1" w:rsidRPr="004B3932" w:rsidRDefault="006941E1" w:rsidP="001516F0">
-[...4 lines deleted...]
-    <w:p w14:paraId="7F7391A2" w14:textId="07854959" w:rsidR="00B46320" w:rsidRDefault="00B46320" w:rsidP="007A6F7E">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="7EC195D2" w14:textId="6F2D2BEA" w:rsidR="00F33547" w:rsidRDefault="00F33547" w:rsidP="00E54422"/>
+    <w:p w14:paraId="2B017AA3" w14:textId="4A891948" w:rsidR="00B46320" w:rsidRDefault="00B46320" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Otsikko2"/>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="2BF81866" w14:textId="77777777" w:rsidR="00776939" w:rsidRPr="004B3932" w:rsidRDefault="00776939" w:rsidP="001516F0">
+      </w:pPr>
+      <w:r w:rsidRPr="00B46320">
+        <w:t xml:space="preserve">Liitteet </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="089BC5A9" w14:textId="77777777" w:rsidR="00BE2F24" w:rsidRPr="00BE2F24" w:rsidRDefault="00BE2F24" w:rsidP="00BE2F24">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7770594F" w14:textId="77777777" w:rsidR="00B46320" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
+    <w:p w14:paraId="72CA959B" w14:textId="77777777" w:rsidR="00B46320" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
       <w:r>
         <w:t xml:space="preserve">A. </w:t>
       </w:r>
       <w:r w:rsidR="00B46320">
         <w:t>Todentajan lausunto toiminnanharjoittajan kestävyysjärjestelmän hyväksyttävyydestä</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C1F19C5" w14:textId="77777777" w:rsidR="00E32AFC" w:rsidRPr="001516F0" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
+    <w:p w14:paraId="60DA45B5" w14:textId="77777777" w:rsidR="00E32AFC" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="402C6DF6" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRPr="001516F0" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30B107E6" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="609D27EE" w14:textId="77777777" w:rsidR="00B46320" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1288BF8D" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E"/>
+    <w:p w14:paraId="23293228" w14:textId="77777777" w:rsidR="00B46320" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
       <w:r>
         <w:t xml:space="preserve">B. </w:t>
       </w:r>
       <w:r w:rsidR="00B46320">
         <w:t xml:space="preserve">Muut liitteet </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0811D032" w14:textId="77777777" w:rsidR="00E32AFC" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
+    <w:p w14:paraId="7E75E944" w14:textId="77777777" w:rsidR="00E32AFC" w:rsidRDefault="00E32AFC" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E6CD5DF" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
+    <w:p w14:paraId="0C82D383" w14:textId="77777777" w:rsidR="00D04A19" w:rsidRDefault="00D04A19" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120"/>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20559F56" w14:textId="77777777" w:rsidR="00B46320" w:rsidRPr="001516F0" w:rsidRDefault="00B46320" w:rsidP="007A6F7E">
+    <w:p w14:paraId="1B9C8254" w14:textId="16BC2A88" w:rsidR="0032104D" w:rsidRDefault="0032104D" w:rsidP="00682290">
+      <w:pPr>
+        <w:pStyle w:val="Otsikko2"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Hakemuksen julkisuus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E4098F8" w14:textId="77777777" w:rsidR="0032104D" w:rsidRDefault="0032104D" w:rsidP="001A0099">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tämä hakemuslomake tai sen liitteet eivät sisällä tietoja, jotka ovat luottamuksellisia tietoja. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F3954BB" w14:textId="77777777" w:rsidR="0032104D" w:rsidRDefault="0032104D" w:rsidP="0032104D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="057486B1" w14:textId="77777777" w:rsidR="0032104D" w:rsidRDefault="0032104D" w:rsidP="00184B20">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tämä hakemuslomake sisältää tietoja, jotka ovat luottamuksellisia tietoja julkisuuslain (621/1999) nojalla. Mainitse salassa pidettävät tiedot ja salassa pidon peruste: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C55FE9F" w14:textId="77777777" w:rsidR="00862EBD" w:rsidRDefault="00862EBD" w:rsidP="00184B20">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9066" w:type="dxa"/>
+        <w:tblInd w:w="562" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9066"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0032104D" w14:paraId="52C846D9" w14:textId="77777777" w:rsidTr="00BA30FC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9066" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58C8EFEA" w14:textId="77777777" w:rsidR="0032104D" w:rsidRDefault="0032104D"/>
+          <w:p w14:paraId="16C9B242" w14:textId="0649D04E" w:rsidR="00BA30FC" w:rsidRDefault="00BA30FC"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6852C780" w14:textId="77777777" w:rsidR="0032104D" w:rsidRDefault="0032104D" w:rsidP="0032104D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4ABC5D14" w14:textId="77777777" w:rsidR="0032104D" w:rsidRDefault="0032104D" w:rsidP="00BA30FC">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tämän hakemuslomakkeen liitteenä on asiakirjoja, jotka sisältävät luottamuksellisia tietoja julkisuuslain (621/1999) nojalla. Mainitse salassa pidettävät liitteet ja salassa pidon peruste: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="529A6EA8" w14:textId="77777777" w:rsidR="00D0261D" w:rsidRDefault="00D0261D" w:rsidP="00BA30FC">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9066" w:type="dxa"/>
+        <w:tblInd w:w="562" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9066"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0032104D" w14:paraId="5E6C8EA8" w14:textId="77777777" w:rsidTr="00BA30FC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9066" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="374BB177" w14:textId="77777777" w:rsidR="0032104D" w:rsidRDefault="0032104D"/>
+          <w:p w14:paraId="6DE3FCF7" w14:textId="77777777" w:rsidR="0032104D" w:rsidRDefault="0032104D"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="11F8FB2B" w14:textId="77777777" w:rsidR="00B46320" w:rsidRDefault="00B46320" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:spacing w:before="120" w:after="0"/>
         <w:ind w:left="2340"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="345EA9C2" w14:textId="48D6D040" w:rsidR="00B46320" w:rsidRPr="004B3932" w:rsidRDefault="00B46320" w:rsidP="007A6F7E">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17C86B67" w14:textId="5AFAAA73" w:rsidR="00B46320" w:rsidRDefault="00B46320" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Otsikko2"/>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B46320">
         <w:t>Allekirjoitus</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="5D69F79C" w14:textId="77777777" w:rsidR="00BE2F24" w:rsidRPr="00BE2F24" w:rsidRDefault="00BE2F24" w:rsidP="00BE2F24">
+      <w:pPr>
+        <w:pStyle w:val="Leipteksti"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TaulukkoRuudukko"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="5528"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00216C36" w14:paraId="53923AA5" w14:textId="77777777" w:rsidTr="00887B8A">
+      <w:tr w:rsidR="00216C36" w14:paraId="4D1AD726" w14:textId="77777777" w:rsidTr="00887B8A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A3DBA8C" w14:textId="77777777" w:rsidR="00216C36" w:rsidRDefault="00216C36" w:rsidP="007A6F7E">
+          <w:p w14:paraId="7ECD0C88" w14:textId="77777777" w:rsidR="00216C36" w:rsidRDefault="00216C36" w:rsidP="007A6F7E">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Paikka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D2A8738" w14:textId="77777777" w:rsidR="00216C36" w:rsidRDefault="001F520F" w:rsidP="007A6F7E">
+          <w:p w14:paraId="1B66AD80" w14:textId="77777777" w:rsidR="00216C36" w:rsidRDefault="00000000" w:rsidP="007A6F7E">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1073507771"/>
                 <w:placeholder>
                   <w:docPart w:val="DB39BC81F3494422A895586543730B40"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00216C36">
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00216C36" w14:paraId="471D9A2E" w14:textId="77777777" w:rsidTr="00887B8A">
+      <w:tr w:rsidR="00216C36" w14:paraId="65E9FEB9" w14:textId="77777777" w:rsidTr="00887B8A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BE0BAD6" w14:textId="77777777" w:rsidR="00216C36" w:rsidRDefault="00216C36" w:rsidP="007A6F7E">
+          <w:p w14:paraId="19BCA9DE" w14:textId="77777777" w:rsidR="00216C36" w:rsidRDefault="00216C36" w:rsidP="007A6F7E">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Päivämäärä</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="676C76FC" w14:textId="77777777" w:rsidR="00216C36" w:rsidRDefault="001F520F" w:rsidP="007A6F7E">
+          <w:p w14:paraId="75CD740D" w14:textId="77777777" w:rsidR="00216C36" w:rsidRDefault="00000000" w:rsidP="007A6F7E">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="181101971"/>
                 <w:placeholder>
                   <w:docPart w:val="B8E04ED8221349F8BE55FBD1A2FE75C7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00216C36">
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00216C36" w14:paraId="6443BFDE" w14:textId="77777777" w:rsidTr="00887B8A">
+      <w:tr w:rsidR="00216C36" w14:paraId="0DB6A4BD" w14:textId="77777777" w:rsidTr="00887B8A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55B0C17C" w14:textId="77777777" w:rsidR="00216C36" w:rsidRDefault="00216C36" w:rsidP="007A6F7E">
+          <w:p w14:paraId="5CDDDD8A" w14:textId="77777777" w:rsidR="00216C36" w:rsidRDefault="00216C36" w:rsidP="007A6F7E">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Allekirjoitus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78FB85AA" w14:textId="77777777" w:rsidR="00216C36" w:rsidRDefault="00216C36" w:rsidP="007A6F7E">
+          <w:p w14:paraId="4688EB46" w14:textId="77777777" w:rsidR="00216C36" w:rsidRDefault="00216C36" w:rsidP="007A6F7E">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00216C36" w14:paraId="18FA6E4A" w14:textId="77777777" w:rsidTr="00887B8A">
+      <w:tr w:rsidR="00216C36" w14:paraId="4C426380" w14:textId="77777777" w:rsidTr="00887B8A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1624A442" w14:textId="77777777" w:rsidR="00216C36" w:rsidRDefault="00216C36" w:rsidP="007A6F7E">
+          <w:p w14:paraId="32DAA500" w14:textId="77777777" w:rsidR="00216C36" w:rsidRDefault="00216C36" w:rsidP="007A6F7E">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Nimenselvennys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16BE2E14" w14:textId="77777777" w:rsidR="00216C36" w:rsidRDefault="001F520F" w:rsidP="007A6F7E">
+          <w:p w14:paraId="08F8CFA3" w14:textId="77777777" w:rsidR="00216C36" w:rsidRDefault="00000000" w:rsidP="007A6F7E">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1267768426"/>
                 <w:placeholder>
                   <w:docPart w:val="30DAB94822B845EDA38B75D301CAFF1F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00216C36">
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7E35E3D1" w14:textId="77777777" w:rsidR="005E28CA" w:rsidRPr="00182E84" w:rsidRDefault="005E28CA" w:rsidP="007A6F7E"/>
-    <w:p w14:paraId="2014B578" w14:textId="77777777" w:rsidR="009D413D" w:rsidRDefault="009D413D">
+    <w:p w14:paraId="29F003B0" w14:textId="77777777" w:rsidR="00216C36" w:rsidRDefault="00216C36" w:rsidP="007A6F7E"/>
+    <w:p w14:paraId="77CA36C6" w14:textId="7785AE87" w:rsidR="000B7A5C" w:rsidRDefault="000B7A5C" w:rsidP="007A6F7E">
+      <w:pPr>
+        <w:pStyle w:val="Leipteksti"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33367FDA" w14:textId="77777777" w:rsidR="00DD23FE" w:rsidRPr="001516F0" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-      </w:pPr>
-[...30 lines deleted...]
-        <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001516F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Täyttöohjeet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3799B5EC" w14:textId="1EE4E685" w:rsidR="001D47AE" w:rsidRDefault="001D47AE" w:rsidP="001D47AE">
+    <w:p w14:paraId="4CD3AE7A" w14:textId="77777777" w:rsidR="00DD23FE" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A81B8A4" w14:textId="77777777" w:rsidR="000322E9" w:rsidRPr="001516F0" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+    <w:p w14:paraId="6FD967D1" w14:textId="77777777" w:rsidR="00DD23FE" w:rsidRPr="001516F0" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Otsikko3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc1385664"/>
       <w:r w:rsidRPr="001516F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Kohta 1: Toiminnanharjoittajan tiedot</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="1D95341C" w14:textId="77777777" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+    <w:p w14:paraId="0270B38B" w14:textId="77777777" w:rsidR="00DD23FE" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kohtaan </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A toiminnanharjoittajan tulee täydentää toiminnanharjoittajan </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
         <w:t>virallinen nimi</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Y-tunnus ja toiminnanharjoittajan </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
         <w:t>viralliset yhteystiedot.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FFCE96A" w14:textId="77777777" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+    <w:p w14:paraId="38A47D4A" w14:textId="77777777" w:rsidR="00DD23FE" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kohdassa </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">B tulee yksilöidä toiminnanharjoittajan </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
         <w:t>yhteyshenkilöt</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, joihin Energiavirasto voi olla yhteydessä hakemuskäsittelyyn liittyvissä asioissa sekä jatkossa mm. kestävyyskriteeriselvityksiin liittyvissä asioissa. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24938025" w14:textId="77777777" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+    <w:p w14:paraId="414F0F0A" w14:textId="6913508D" w:rsidR="00EE5961" w:rsidRDefault="00DD23FE" w:rsidP="00600DAB">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Lomakkeen kohdassa </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">C toiminnanharjoittajan tulee määritellä, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
         <w:t xml:space="preserve">millä perusteella se on lain mukainen toiminnanharjoittaja </w:t>
       </w:r>
       <w:r>
         <w:t>ja näin ollen oikeutettu hakemaan kestävyysjärjestelmälleen hyväksyntää Energiavirastolta.</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="00600DAB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">Kestävyysjärjestelmän hyväksymistä voi hakea ainoastaan kestävyyslain mukainen toiminnanharjoittaja. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
-        <w:t>Toiminnanharjoittajan määritelmä löytyy biopolttoaineista</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> ja biomassapolttoaineista</w:t>
+        <w:t xml:space="preserve">Toiminnanharjoittajan määritelmä löytyy </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC73E5">
+        <w:t>eräiden polttoaineiden kestävyyskriteereistä</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
         <w:t xml:space="preserve"> annetun lain 4 §:n </w:t>
       </w:r>
-      <w:r w:rsidR="00742A43">
+      <w:r>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
         <w:t xml:space="preserve"> kohdasta.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Sen mukaan toiminnanharjoittaja on oikeushenkilö, joka tuottaa, valmistaa, tuo maahan, luovuttaa kulutukseen tai käyttää raaka-ainetta, biopolttoainetta, bionestettä</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="45E3718E" w14:textId="77777777" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+        <w:t xml:space="preserve"> Sen mukaan toiminnanharjoittaja on oikeushenkilö</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4706">
+        <w:t xml:space="preserve"> tai luonnollinen henkilö</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00402353">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E4706" w:rsidRPr="007E4706">
+        <w:t>joka tuottaa, valmistaa, hankkii, tuo maahan, luovuttaa kulutukseen tai käyttää raaka-ainetta, uusiutuvaa polttoainetta tai niitä sisältäviä polttoaineita tai joka tosiasiallisesti määrää mainitusta toiminnasta ja johon lakia sovelletaan 2, 2 a tai 2 b §:n nojalla</w:t>
+      </w:r>
+      <w:r w:rsidR="00402353">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="219730B5" w14:textId="51F8D0B8" w:rsidR="00DD23FE" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
-      <w:r>
-[...130 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="001516F0">
-        <w:t>Kohdassa 1 D tulee ilmoittaa laitoksen toiminnan aloitusajankohta</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">. Aloitusajankohdalla on merkitystä laitosta mahdollisesti koskeviin </w:t>
+        <w:t xml:space="preserve">Kohdassa 1 D tulee ilmoittaa laitoksen toiminnan aloitusajankohta. Aloitusajankohdalla on merkitystä </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7294">
+        <w:t xml:space="preserve">mm. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001516F0">
+        <w:t xml:space="preserve">laitosta mahdollisesti koskeviin </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00333282" w:rsidRPr="001516F0">
+      <w:r w:rsidRPr="001516F0">
         <w:t>khk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00333282" w:rsidRPr="001516F0">
-[...5 lines deleted...]
-      <w:r w:rsidR="00137350" w:rsidRPr="001516F0">
+      <w:r w:rsidRPr="001516F0">
+        <w:t>-vähenemäkriteereihin</w:t>
+      </w:r>
+      <w:r w:rsidR="000A7294">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001516F0">
         <w:t>Laitoksen katsotaan olevan toiminnassa, jos biopolttoaineiden, liikennealalla kulutetun biokaasun tai bionesteiden fyysinen tuotanto tai lämmitys- ja jäähdytysenergian tai sähkön fyysinen tuotanto biomassapolttoaineista on alkanut.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="1B137528" w14:textId="77777777" w:rsidR="000322E9" w:rsidRPr="001516F0" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+      <w:r w:rsidR="00587952" w:rsidRPr="00587952">
+        <w:t xml:space="preserve"> RFNBO-polttoaineiden tuotannon osalta sovelletaan toiminnan käynnistymisen määritelmää, jota on täsmennetty Toiminnanharjoittajan RFNBO-ohjeessa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4034451A" w14:textId="77777777" w:rsidR="00DD23FE" w:rsidRPr="001516F0" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Otsikko3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc1385665"/>
       <w:r w:rsidRPr="001516F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Kohta 2: Yleistä toiminnanharjoittajasta</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="5482406B" w14:textId="77777777" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+    <w:p w14:paraId="304BDCE0" w14:textId="77777777" w:rsidR="00DD23FE" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB1B24">
         <w:t>Kohdassa</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
         <w:t xml:space="preserve"> 2 </w:t>
       </w:r>
       <w:r>
         <w:t>on jätetty toiminnanharjoittajalle tilaa tuoda esiin sellaisia seikkoja, jotka toiminnanharjoittaja katsoo tarpeelliseksi esittää hakemuksessaan. Tässä kohdassa voi kuvata esimerkiksi toiminnan luonteen yleisesti, hakemuksen käsittelyn taustaksi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23EE2E40" w14:textId="14B58F9A" w:rsidR="000322E9" w:rsidRPr="001516F0" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+    <w:p w14:paraId="69653C76" w14:textId="21A00C71" w:rsidR="00DD23FE" w:rsidRPr="001516F0" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Otsikko3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc1385666"/>
       <w:r w:rsidRPr="001516F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Kohta 3: Kestävyysjärjestelmän kattamat biopolttoaineet</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DD51D2" w:rsidRPr="001516F0">
+        <w:t xml:space="preserve">Kohta 3: Kestävyysjärjestelmän kattamat </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="00005D4C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...15 lines deleted...]
-    <w:p w14:paraId="03711DE0" w14:textId="1452B780" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+        <w:t>uusiutuvat polttoaineet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BCD78D2" w14:textId="761CF544" w:rsidR="00DD23FE" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB1B24">
         <w:t>Kohdassa</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3EA5">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> toiminnanharjoittajan tulee kuvata</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3EA5">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
-        <w:t>kaikki hakemuksessa tarkoitetun kestävyysjärjestelmän kattamat biopolttoaineet</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002124C8">
+        <w:t xml:space="preserve">kaikki hakemuksessa tarkoitetun kestävyysjärjestelmän kattamat </w:t>
+      </w:r>
+      <w:r w:rsidR="00005D4C">
+        <w:t xml:space="preserve">uusiututuvat polttoaineet: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB465E">
+        <w:t>biopolttoaineet</w:t>
+      </w:r>
+      <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
         <w:t xml:space="preserve"> bionesteet</w:t>
       </w:r>
-      <w:r w:rsidR="002124C8">
+      <w:r>
         <w:t xml:space="preserve"> ja biomassapolttoaineet</w:t>
+      </w:r>
+      <w:r w:rsidR="00005D4C">
+        <w:t xml:space="preserve"> sekä RFNBO-polttoaineet</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Sen tarkoituksena on paitsi määritellä kestävyysjärjestelmän kattama toiminta, myös liittää kestävyyden osoittaminen sitä velvoittavaan säädökseen tai päätökseen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2593DEF0" w14:textId="445677F3" w:rsidR="000322E9" w:rsidRDefault="000C573F" w:rsidP="000322E9">
+    <w:p w14:paraId="44A0F717" w14:textId="41803F94" w:rsidR="00DD23FE" w:rsidRDefault="009A3BFE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r>
-        <w:t>P</w:t>
-[...19 lines deleted...]
-      <w:r w:rsidR="00EF2191">
+        <w:t>Uusiutuvat p</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD23FE">
+        <w:t xml:space="preserve">olttoaineet tulee kuvata sillä tarkkuudella, että Energiavirasto voi tarkastella kestävyysjärjestelmän vaatimuksia oikeisiin </w:t>
+      </w:r>
+      <w:r w:rsidR="00005D4C">
+        <w:t>polttoaineisiin</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD23FE">
+        <w:t xml:space="preserve"> nähden, ja arvioida kriteerien täyttymiseen liittyviä seikkoja siltä osin kuin niillä on merkitystä </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC12B1">
+        <w:t>uusiutuviin polttoaineisiin</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD23FE">
+        <w:t xml:space="preserve"> tai raaka-aineisiin</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1BD7">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC12B1">
+        <w:t>panoksiin</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD23FE">
+        <w:t xml:space="preserve"> liittyvän toiminnan kannalta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E340F49" w14:textId="0EB818F7" w:rsidR="00DD23FE" w:rsidRDefault="007C46EA" w:rsidP="00DD23FE">
+      <w:pPr>
+        <w:pStyle w:val="Leipteksti"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Uusiutuvien polttoaineiden</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD23FE">
+        <w:t xml:space="preserve"> määrittelyllä pyritään myös siihen, että kestävyyden osoittamiseen velvoittavaa säädöstä tai päätöstä valvova viranomainen kykenee </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD23FE">
+        <w:lastRenderedPageBreak/>
+        <w:t>tarkistamaan, mitä biopolttoaineita, biomassapolttoaineita</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1BD7">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="000322E9">
-[...3 lines deleted...]
-    <w:p w14:paraId="34DC5862" w14:textId="444485EF" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+      <w:r w:rsidR="00DD23FE">
+        <w:t xml:space="preserve">bionesteitä </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1BD7">
+        <w:t xml:space="preserve">tai RFNBO-polttoaineita </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD23FE">
+        <w:t>kestävyysjärjestelmä koskee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E3B4CDE" w14:textId="61A37B82" w:rsidR="00DD23FE" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r>
-        <w:t>Biopolttoaineiden</w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="04376E1D" w14:textId="4DA311D1" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+        <w:t xml:space="preserve">Mikäli esimerkiksi toiminnanharjoittaja on nestemäisten polttoaineiden valmisteverosta annetun lain mukainen verovelvollinen, ja ilmoittaa Verohallinnolle </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1BD7">
+        <w:t>uusiutuvan polttoaineen</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> kuuluvan tiettyyn veroluokkaan, kyseinen veroluokka tulee ilmoittaa tässä kohdassa </w:t>
+      </w:r>
+      <w:r w:rsidR="007C46EA">
+        <w:t>uusiutuvan polttoaineen</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> yksilöinnin yhteydessä.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2400C97A" w14:textId="77777777" w:rsidR="00DD23FE" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r>
-        <w:t>Mikäli esimerkiksi toiminnanharjoittaja on nestemäisten polttoaineiden valmisteverosta annetun lain mukainen verovelvollinen, ja ilmoittaa Verohallinnolle biopolttoaineen kuuluvan tiettyyn veroluokkaan, kyseinen veroluokka tulee ilmoittaa tässä kohdassa biopolttoaineen yksilöinnin yhteydessä.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="03EF63B5" w14:textId="5F9BA1E2" w:rsidR="00880CC1" w:rsidRDefault="00880CC1" w:rsidP="000322E9">
+        <w:t>Mikäli toiminnanharjoittaja on velvollinen osoittamaan käyttämiensä biomassapolttoaineiden kestävyyden, tulee biomassapolttoaineet yksilöidä Tilastokeskuksen polttoaineluokituksen mukaisesti ja ilmoitettujen polttoaineiden tulee vastata päästökauppalaitoksia koskevassa päästöselvityksessä yksilöityjä polttoaineita.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D3E0537" w14:textId="265A35D2" w:rsidR="00DD23FE" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Mikäli toiminnanharjoittaja </w:t>
-[...15 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve">On syytä korostaa, että </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
-        <w:t>ainoastaan tässä kohdassa kuvattujen biopolttoaineiden</w:t>
-[...8 lines deleted...]
-        <w:t>, biomassapolttoaineiden</w:t>
+        <w:t xml:space="preserve">ainoastaan tässä kohdassa kuvattujen </w:t>
+      </w:r>
+      <w:r w:rsidR="007C46EA">
+        <w:t>uusiutuvien polttoaineiden</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
         <w:t xml:space="preserve"> katsotaan kuuluvan kestävyysjärjestelmän piiriin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4551E3CE" w14:textId="21DF257B" w:rsidR="000322E9" w:rsidRPr="001516F0" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+    <w:p w14:paraId="5F5AFC26" w14:textId="2807F42F" w:rsidR="00DD23FE" w:rsidRPr="001516F0" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Otsikko3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc1385667"/>
       <w:r w:rsidRPr="001516F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00A27F4F" w:rsidRPr="001516F0">
+        <w:t xml:space="preserve">Kohta 4: Kohdassa 3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B45A9C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t>mainitut</w:t>
       </w:r>
       <w:r w:rsidRPr="001516F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> bionesteiden</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A27F4F" w:rsidRPr="001516F0">
+        <w:t xml:space="preserve"> biopolttoaine</w:t>
+      </w:r>
+      <w:r w:rsidR="00B45A9C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ja biomassapolttoaineiden</w:t>
+        <w:t>et</w:t>
       </w:r>
       <w:r w:rsidRPr="001516F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EB6EE8" w:rsidRPr="001516F0">
+        <w:t>, bioneste</w:t>
+      </w:r>
+      <w:r w:rsidR="00B45A9C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">raaka-aineet sekä </w:t>
+        <w:t>et</w:t>
       </w:r>
       <w:r w:rsidRPr="001516F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>tuotantoketjujen kuvaus</w:t>
+        <w:t xml:space="preserve"> ja biomassapolttoain</w:t>
+      </w:r>
+      <w:r w:rsidR="00B45A9C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eet ja </w:t>
+      </w:r>
+      <w:r w:rsidR="00483E04">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7CB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>iide</w:t>
+      </w:r>
+      <w:r w:rsidR="00483E04">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001516F0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> raaka-aineet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
-    </w:p>
-    <w:p w14:paraId="719D367E" w14:textId="08ADA9A4" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+      <w:r w:rsidR="000F5845">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ja niiden määrittämismenettelyt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40883098" w14:textId="2A750A0A" w:rsidR="00DD23FE" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB1B24">
         <w:t>Kohdassa</w:t>
       </w:r>
       <w:r w:rsidRPr="00A34026">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
         <w:t>4</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> A toiminnanharjoittajan tulee </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="374065C0" w14:textId="0951B6C6" w:rsidR="000322E9" w:rsidRDefault="000322E9">
+        <w:t xml:space="preserve"> A toiminnanharjoittajan tulee yksilöidä ja kuvata tarkasti kohdassa 3 lueteltujen biopolttoaineiden, bionesteiden ja biomassapolttoaineiden raaka-aineet.</w:t>
+      </w:r>
+      <w:r w:rsidR="003A28B6">
+        <w:t xml:space="preserve"> Samassa kohdassa tulee kuvata myös menettelyt, joilla raaka-aineiden määrätieto määritetään.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43BD1B8C" w14:textId="77777777" w:rsidR="00DD23FE" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r>
-        <w:t>Kohdassa 4 B toiminnanharjoittajan tulee kuvata tarkasti kohdassa 4 lueteltujen biopolttoaineiden</w:t>
-[...74 lines deleted...]
-    <w:p w14:paraId="3C8C58D5" w14:textId="1EDD7444" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+        <w:t xml:space="preserve">Kohdassa 4 B toiminnanharjoittajan tulee kuvata tarkasti kohdassa 4 lueteltujen biopolttoaineiden, bionesteiden ja biomassapolttoaineiden tuotantoketjut. Kohdassa tulee kuvata raaka-aineiden hankintaketjut sekä biopolttoaineiden ja bionesteiden tuotantoprosessit. Biomassapolttoaineiden raaka-aineet tulee eritellä ja kuvata siinä tapauksessa, jos biomassapolttoaineella on kestävyysominaisuuksiltaan erilaisia raaka-aineita tai hankintamaita/-alueita, tai biomassapolttoaine on jalostettu muusta raaka-aineesta/-aineista. Esimerkiksi biokaasun tai pellettien raaka-aineet tulee eritellä ja kuvata tässä kohdassa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48D6AC04" w14:textId="77777777" w:rsidR="00DD23FE" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r>
-        <w:t>Kohdassa 4 B tuotantoketjujen kuvaaminen on tärkeää siitä syystä, että viranomaiset pystyvät tarkastelemaan kestävyysjärjestelmän vaatimuksia oikeisiin biopolttoaineisiin</w:t>
-[...32 lines deleted...]
-    <w:p w14:paraId="6F38B44D" w14:textId="77777777" w:rsidR="000322E9" w:rsidRPr="001516F0" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+        <w:t>Kohdassa 4 B tuotantoketjujen kuvaaminen on tärkeää siitä syystä, että viranomaiset pystyvät tarkastelemaan kestävyysjärjestelmän vaatimuksia oikeisiin biopolttoaineisiin, biomassapolttoaineisiin, bionesteisiin tai raaka-aineisiin ja niiden tuotantoketjuihin nähden, ja arvioimaan kriteerien täyttymiseen liittyviä seikkoja siltä osin kuin niillä on merkitystä biopolttoaineisiin, biomassapolttoaineisiin, bionesteisiin tai raaka-aineisiin liittyvän toiminnan kannalta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E91ED57" w14:textId="06C46433" w:rsidR="00DD23FE" w:rsidRPr="001516F0" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Otsikko3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc1385668"/>
       <w:r w:rsidRPr="001516F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Kohta 5: Ennakkotietohakemukset</w:t>
+        <w:t xml:space="preserve">Kohta 5: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B45A9C" w:rsidRPr="00B45A9C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Kohdassa 3 mainitut RFNBO-polttoaineet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="6D69CE67" w14:textId="225B54DF" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="00916083">
+    <w:p w14:paraId="1CDE0E43" w14:textId="7C580385" w:rsidR="00AE6C6B" w:rsidRDefault="00AE6C6B" w:rsidP="00AE6C6B">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
-      <w:r>
-[...15 lines deleted...]
-    <w:p w14:paraId="0F203CEF" w14:textId="77777777" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="00916083">
+      <w:r w:rsidRPr="00CB1B24">
+        <w:t>Kohdassa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34026">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">5 A toiminnanharjoittajan tulee yksilöidä ja kuvata tarkasti kohdassa 3 lueteltujen RFNBO-polttoaineiden raaka-aineet/panokset. </w:t>
+      </w:r>
+      <w:r w:rsidR="00856624">
+        <w:t>Tällaisia voivat olla esimerkiksi</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00295B65">
+        <w:t>RFNBO-polttoaineiden tuotannossa käytettävä uusiutuva sähkö</w:t>
+      </w:r>
+      <w:r w:rsidR="001B7222">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00856624">
+        <w:t xml:space="preserve"> hiilidioksidi</w:t>
+      </w:r>
+      <w:r w:rsidR="001B7222">
+        <w:t xml:space="preserve"> tai kestävyystodistuksin hankittu RFNBO-polttoaine, josta toiminnanharjoittaja jatkojalostaa </w:t>
+      </w:r>
+      <w:r w:rsidR="00F22CE1">
+        <w:t xml:space="preserve">itse omissa prosesseissaan </w:t>
+      </w:r>
+      <w:r w:rsidR="001B7222">
+        <w:t>uutta RFNBO-polttoainetta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DD5E8A6" w14:textId="6A7FCD62" w:rsidR="00AE6C6B" w:rsidRDefault="00AE6C6B" w:rsidP="00AE6C6B">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Energiavirasto käsittelee kestävyysjärjestelmän hyväksymishakemuksen yhteydessä jätetyt ennakkotietohakemukset yhdessä kestävyysjärjestelmän hyväksymistä koskevan hakemuksen kanssa. Energiavirasto kuitenkin ratkaisee kestävyyslain mukaiset asiat ja jakeluvelvoitelain mukaiset asiat erillisillä päätöksillä. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="62CE4582" w14:textId="24D3B5E5" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="00916083">
+        <w:t xml:space="preserve">Kohdassa </w:t>
+      </w:r>
+      <w:r w:rsidR="003E48E7">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> B toiminnanharjoittajan tulee kuvata tarkasti kohdassa </w:t>
+      </w:r>
+      <w:r w:rsidR="00D271A6">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> lueteltujen </w:t>
+      </w:r>
+      <w:r w:rsidR="003E48E7">
+        <w:t>RFNBO-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>polttoaineiden tuotantoketjut. Kohdassa tulee kuvata raaka-aineiden</w:t>
+      </w:r>
+      <w:r w:rsidR="003E48E7">
+        <w:t>/panosten</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> hankintaketjut</w:t>
+      </w:r>
+      <w:r w:rsidR="00A4606D">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003E48E7">
+        <w:t>RFNBO-polttoaineiden</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> tuotantoprosessit</w:t>
+      </w:r>
+      <w:r w:rsidR="00A4606D">
+        <w:t xml:space="preserve"> sekä näissä prosesseissa syntyvät tuotokset.</w:t>
+      </w:r>
+      <w:r w:rsidR="00830EDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E90759" w:rsidRPr="00830EDF">
+        <w:t>Tässä k</w:t>
+      </w:r>
+      <w:r w:rsidR="001352C0">
+        <w:t>ohdassa</w:t>
+      </w:r>
+      <w:r w:rsidR="00E90759" w:rsidRPr="00830EDF">
+        <w:t xml:space="preserve"> tulee myös kuvata menettelyt, jotka </w:t>
+      </w:r>
+      <w:r w:rsidR="00E90759" w:rsidRPr="00830EDF">
+        <w:lastRenderedPageBreak/>
+        <w:t>koskevat RFNBO-polttoaineiden hankintaa (esimerkiksi jatkojalostusta, käyttöä tai kulutukseen luovutusta varten) kestävyystodistuksilla.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69D0B547" w14:textId="18FDE5CF" w:rsidR="001B7EA5" w:rsidRDefault="00AE6C6B" w:rsidP="001B7EA5">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Molemmat mahdolliset ennakkotietohakemukset täytetään omille lomakkeilleen kuten </w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="1E4D7E45" w14:textId="77777777" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="00916083">
+        <w:t xml:space="preserve">Kohdassa </w:t>
+      </w:r>
+      <w:r w:rsidR="001B3C49">
+        <w:t>5 C</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B3C49">
+        <w:t>tulee kuvata</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01F76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01F76" w:rsidRPr="00D01F76">
+        <w:t xml:space="preserve">menettelyt, joilla kestävyyslain 6 b §:ssä määritellyn uusiutuvaa sähköä koskevan kestävyyskriteerin täyttyminen osoitetaan. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01F76">
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01F76" w:rsidRPr="00D01F76">
+        <w:t xml:space="preserve">uvaukseen </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01F76">
+        <w:t xml:space="preserve">tulee sisällyttää </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01F76" w:rsidRPr="00D01F76">
+        <w:t>tiedot RFNBO-polttoaineiden tuotannossa käytettävän uusiutuvan sähkön hankintatavoista</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01F76">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01F76" w:rsidRPr="00D01F76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F9451F" w:rsidRPr="00F9451F">
+        <w:t>Kuva</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01F76">
+        <w:t>uksesta tulee käydä</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9451F" w:rsidRPr="00F9451F">
+        <w:t>, miten kokonaan uusiutuvaksi katsottavan sähkön vaatimustenmukaisuus osoitetaan kunkin sähkön hankintatavan osalta.</w:t>
+      </w:r>
+      <w:r w:rsidR="0039064C" w:rsidRPr="0039064C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6723B">
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="0039064C">
+        <w:t xml:space="preserve">uvauksen tulee </w:t>
+      </w:r>
+      <w:r w:rsidR="003B15A4">
+        <w:t xml:space="preserve">sisältää </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7A2D">
+        <w:t>tiedot menettelyistä</w:t>
+      </w:r>
+      <w:r w:rsidR="003B15A4">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7A2D">
+        <w:t>joilla</w:t>
+      </w:r>
+      <w:r w:rsidR="003B15A4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6723B">
+        <w:t xml:space="preserve">komission delegoidun asetuksen (EU) 2023/1184 </w:t>
+      </w:r>
+      <w:r w:rsidR="003B15A4">
+        <w:t xml:space="preserve">hankintatapakohtaiset </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6723B">
+        <w:t>vaatimukset</w:t>
+      </w:r>
+      <w:r w:rsidR="00B36092">
+        <w:t xml:space="preserve"> (esim. PPA-sopimus, ajallinen ja maantieteellinen korrelaatio)</w:t>
+      </w:r>
+      <w:r w:rsidR="003B15A4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7A2D">
+        <w:t xml:space="preserve">osoitetaan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41CFAD09" w14:textId="14282974" w:rsidR="001B7EA5" w:rsidRDefault="001B7EA5" w:rsidP="001B7EA5">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Hakemuksen kohdassa 5 kysytään, onko hakemuksen liitteenä jakeluvelvoitelain tai kestävyyslain mukaista ennakkotietohakemusta. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1DF1E214" w14:textId="77777777" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+        <w:t xml:space="preserve">Kohdassa 5 D tulee kuvata menettelyt, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00614F6D">
+        <w:t xml:space="preserve">joilla tuotetaan </w:t>
+      </w:r>
+      <w:r w:rsidR="00745272">
+        <w:t xml:space="preserve">komission delegoidun asetuksen (EU) 2023/1184 8 artiklan mukaiset </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00614F6D">
+        <w:t xml:space="preserve">tiedot </w:t>
+      </w:r>
+      <w:r w:rsidR="00745272">
+        <w:t xml:space="preserve">koskien </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00614F6D">
+        <w:t>RFNBO-polttoaineiden tuottamiseen käytetyn sähkön määristä ja tuotetuista polttoaineista</w:t>
+      </w:r>
+      <w:r w:rsidR="00B36092">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1D70">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="386397A9" w14:textId="725A4548" w:rsidR="004F49F7" w:rsidRDefault="00BC7A9A" w:rsidP="008D614A">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Hakemuksen kohdassa 5 A toiminnanharjoittajan tulee ilmoittaa, onko hakemuksen liitteenä kestävyyslain mukainen ennakkotietohakemus ja/tai jakeluvelvoitelain mukainen ennakkotietohakemus. </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="7AB9B36C" w14:textId="77777777" w:rsidR="000322E9" w:rsidRPr="001516F0" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+        <w:t>Koh</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC62F3">
+        <w:t>dassa</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 5 E</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5681F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC62F3">
+        <w:t>tulee kuvata menettelyt koskien</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5681F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003402C1">
+        <w:t xml:space="preserve">jakeluvelvoitelain mukaista </w:t>
+      </w:r>
+      <w:r w:rsidR="00A5681F">
+        <w:t>RFNBO-polttoainetta</w:t>
+      </w:r>
+      <w:r w:rsidR="003402C1">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003402C1" w:rsidRPr="003402C1">
+        <w:t>jota käytetään välituotteena (</w:t>
+      </w:r>
+      <w:r w:rsidR="003402C1">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="003402C1" w:rsidRPr="003402C1">
+        <w:t>välituotevety</w:t>
+      </w:r>
+      <w:r w:rsidR="003402C1">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="003402C1" w:rsidRPr="003402C1">
+        <w:t>) Suomessa sijaitsevalla jalostamolla perinteisten liikenteen polttoaineiden tai biopolttoaineiden tuotantoon</w:t>
+      </w:r>
+      <w:r w:rsidR="003402C1">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D614A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F49F7" w:rsidRPr="004F49F7">
+        <w:t>Jalostamon tulee osoittaa jalostamolla käytetyn RFNBO-polttoaineen kestävyys sekä se, että kestävä RFNBO-polttoaine on käytetty välituotteena perinteisten liikenteen polttoaineiden tai biopolttoaineiden tuotantoon, mikäli RFNBO-</w:t>
+      </w:r>
+      <w:r w:rsidR="004F49F7">
+        <w:t>polttoaine</w:t>
+      </w:r>
+      <w:r w:rsidR="004F49F7" w:rsidRPr="004F49F7">
+        <w:t xml:space="preserve"> halutaan hyödyntää jakeluvelvoitelain tarkoittama välituotevetynä.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD07F6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00636744">
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="00636744" w:rsidRPr="00636744">
+        <w:t xml:space="preserve">astauksessa </w:t>
+      </w:r>
+      <w:r w:rsidR="00636744">
+        <w:t xml:space="preserve">tulee eritellä </w:t>
+      </w:r>
+      <w:r w:rsidR="00636744" w:rsidRPr="00636744">
+        <w:t xml:space="preserve">ne prosessit, jotka käyttävät syötteenä RFNBO-polttoainetta. </w:t>
+      </w:r>
+      <w:r w:rsidR="00636744">
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="00636744" w:rsidRPr="00636744">
+        <w:t>uvaukseen</w:t>
+      </w:r>
+      <w:r w:rsidR="00636744">
+        <w:t xml:space="preserve"> tulee sisällyttää</w:t>
+      </w:r>
+      <w:r w:rsidR="00636744" w:rsidRPr="00636744">
+        <w:t xml:space="preserve"> jalostamon prosessit ja jalostamon prosesseissa syntyvät lopputuotteet (teollisuuden lopputuotteet/liikenteen lopputuotteet</w:t>
+      </w:r>
+      <w:r w:rsidR="00636744">
+        <w:t>) ja kuvata</w:t>
+      </w:r>
+      <w:r w:rsidR="00345E3C">
+        <w:t xml:space="preserve"> tarkasti</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD07F6" w:rsidRPr="00BD07F6">
+        <w:t xml:space="preserve"> se RFNBO-polttoaineen kulutuspiste, jossa jakeluvelvoitelain tarkoittama välituotevedyn lisä- ja vähimmäisosuusvelvoitteen täyttö katsotaan syntyväksi. </w:t>
+      </w:r>
+      <w:r w:rsidR="00345E3C">
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD07F6" w:rsidRPr="00BD07F6">
+        <w:t xml:space="preserve">uvaukseen </w:t>
+      </w:r>
+      <w:r w:rsidR="00345E3C">
+        <w:t xml:space="preserve">tulee sisällyttää </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD07F6" w:rsidRPr="00BD07F6">
+        <w:t xml:space="preserve">tiedot prosessin lopputuotteista lämpöarvoineen </w:t>
+      </w:r>
+      <w:r w:rsidR="00345E3C">
+        <w:t>sekä erittely siitä</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD07F6" w:rsidRPr="00BD07F6">
+        <w:t xml:space="preserve">, mitkä </w:t>
+      </w:r>
+      <w:r w:rsidR="00345E3C">
+        <w:t>syntyvistä lopputuotteista</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD07F6" w:rsidRPr="00BD07F6">
+        <w:t xml:space="preserve"> ovat jakeluvelvoitelain tarkoittamia perinteisiä liikenteen polttoaineita tai biopolttoaineita. </w:t>
+      </w:r>
+      <w:r w:rsidR="002402DD" w:rsidRPr="002402DD">
+        <w:t>Jalostamolle sisään tulevan RFNBO-polttoaineen määrä tulee allokoida välituotevetykäytön ja jakeluvelvoitelain soveltamisalan ulkopuolelle jäävän muun käytön välille</w:t>
+      </w:r>
+      <w:r w:rsidR="002402DD">
+        <w:t xml:space="preserve"> (”allokaatiokerroin”)</w:t>
+      </w:r>
+      <w:r w:rsidR="002402DD" w:rsidRPr="002402DD">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD07F6" w:rsidRPr="00BD07F6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00345E3C">
+        <w:t xml:space="preserve">Vastauksessa voi viitata </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD07F6" w:rsidRPr="00BD07F6">
+        <w:t>myös</w:t>
+      </w:r>
+      <w:r w:rsidR="00345E3C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD07F6" w:rsidRPr="00BD07F6">
+        <w:t xml:space="preserve">hakemuksen liitteisiin. </w:t>
+      </w:r>
+      <w:r w:rsidR="00345E3C">
+        <w:t>Kuvauksesta tulee käydä myös ilmi, miten</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD07F6" w:rsidRPr="00BD07F6">
+        <w:t xml:space="preserve"> varmistutaan siitä, että välituotevedyn käytöllä saavutettua kasvihuonekaasupäästöjen vähennystä ei huomioida biopolttoaineiden kasvihuonekaasupäästövähennysten laskennassa.</w:t>
+      </w:r>
+      <w:r w:rsidR="001B25EE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00186081">
+        <w:t>Tarkempi ohjeistus löytyy</w:t>
+      </w:r>
+      <w:r w:rsidR="001B25EE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B25EE" w:rsidRPr="001B25EE">
+        <w:t>jakeluvelvoiteohjeen luvu</w:t>
+      </w:r>
+      <w:r w:rsidR="00186081">
+        <w:t>sta</w:t>
+      </w:r>
+      <w:r w:rsidR="001B25EE" w:rsidRPr="001B25EE">
+        <w:t xml:space="preserve"> 2.5.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00186081">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60D70EB5" w14:textId="77777777" w:rsidR="00DD23FE" w:rsidRPr="001516F0" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Otsikko3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc484528118"/>
       <w:bookmarkStart w:id="7" w:name="_Toc484528123"/>
       <w:bookmarkStart w:id="8" w:name="_Toc1385669"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="001516F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Kohta 6: Kuvaus kestävyysjärjestelmän perustaksi laaditusta riskinarviosta</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="412535C3" w14:textId="77777777" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+    <w:p w14:paraId="355C1729" w14:textId="691E32A8" w:rsidR="00DD23FE" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB465E">
         <w:t xml:space="preserve">Kohdassa </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">6 toiminnanharjoittajan tulee </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
         <w:t>kuvata tarkasti kestävyysjärjestelmän perustaksi laadittu riskinarvio.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A34026">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A34026">
         <w:t>Toiminnanharjoittajan kestävyysjärjestelmän perustavanlaatuisena vaatimuksena on huolellinen riskinarvio</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Sen perusteella toiminnanharjoittajan tulee laatia ja suunnitella toimenpiteet ja rakenteet, joilla riskejä, esimerkiksi väärinkäytöksiä tai ei-kestävän materiaalin sekoittumista kestävään, pyritään ehkäisemään. Riskinarviota käsittelee toiminnanharjoittajan </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
-        <w:t>kestävyyskriteeriohjeen luku 3.2.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4B8C59AC" w14:textId="77777777" w:rsidR="000322E9" w:rsidRPr="001516F0" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+        <w:t>kestävyyskriteeriohjeen luku 3.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5FE2">
+        <w:t xml:space="preserve"> sekä RFNBO-ohjeen luku </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1D31">
+        <w:t>2.7.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28F15ED5" w14:textId="77777777" w:rsidR="00DD23FE" w:rsidRPr="001516F0" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Otsikko3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc1385670"/>
       <w:r w:rsidRPr="001516F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Kohta 7: Kestävyysjärjestelmän kuvaus</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="62590189" w14:textId="77777777" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+    <w:p w14:paraId="4ECFCA2D" w14:textId="77777777" w:rsidR="00DD23FE" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB465E">
         <w:t xml:space="preserve">Kohdassa </w:t>
       </w:r>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A toiminnanharjoittajan tulee tarkasti ja yksityiskohtaisesti kuvata kestävyysjärjestelmän toimenpiteet ja rakenteet, joilla pyritään turvaamaan kestävyysjärjestelmän </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B9CCDBF" w14:textId="77777777" w:rsidR="000322E9" w:rsidRPr="007004A7" w:rsidRDefault="000322E9" w:rsidP="001516F0">
+    <w:p w14:paraId="148BEE0D" w14:textId="77777777" w:rsidR="00DD23FE" w:rsidRPr="007004A7" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Merkittyluettelo"/>
       </w:pPr>
       <w:r w:rsidRPr="007004A7">
         <w:t>luotettavuus</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="198DDE39" w14:textId="77777777" w:rsidR="000322E9" w:rsidRPr="007004A7" w:rsidRDefault="000322E9" w:rsidP="001516F0">
+    <w:p w14:paraId="57382A0F" w14:textId="77777777" w:rsidR="00DD23FE" w:rsidRPr="007004A7" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Merkittyluettelo"/>
       </w:pPr>
       <w:r w:rsidRPr="007004A7">
         <w:t xml:space="preserve">tarkkuus ja </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7292EF45" w14:textId="77777777" w:rsidR="000322E9" w:rsidRPr="007004A7" w:rsidRDefault="000322E9" w:rsidP="001516F0">
+    <w:p w14:paraId="20B26A47" w14:textId="77777777" w:rsidR="00DD23FE" w:rsidRPr="007004A7" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Merkittyluettelo"/>
       </w:pPr>
       <w:r w:rsidRPr="007004A7">
         <w:t xml:space="preserve">väärinkäytöksiltä suojaaminen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09F21D9C" w14:textId="77777777" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+    <w:p w14:paraId="77A3DDB0" w14:textId="63D3120C" w:rsidR="00DD23FE" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Toiminnanharjoittajan </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
         <w:t>kestävyyskriteeriohjeen luvussa 3.2</w:t>
       </w:r>
+      <w:r w:rsidR="00BE1D31">
+        <w:t xml:space="preserve"> ja RFNBO-ohjeen luvussa 2.7</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A34026">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>on kuvattu kestävyysjärjestelmälle asetettuja vaatimuksia tältä osin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2866A0BF" w14:textId="77777777" w:rsidR="000322E9" w:rsidRPr="00CB465E" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+    <w:p w14:paraId="647C961B" w14:textId="49D96BE0" w:rsidR="00DD23FE" w:rsidRPr="00CB465E" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB465E">
         <w:t xml:space="preserve">Kohdassa </w:t>
       </w:r>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">B toiminnanharjoittajan tulee kuvata kestävyysjärjestelmän </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
         <w:t>ainetase</w:t>
       </w:r>
       <w:r w:rsidRPr="00A34026">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ja sen toiminta mahdollisimman tarkasti. Ainetasetta on käsitelty toiminnanharjoittajan </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
-        <w:t>kestävyyskriteeriohjeen luvussa 7.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7E5A0958" w14:textId="52562651" w:rsidR="001E78F5" w:rsidRPr="001516F0" w:rsidRDefault="001E78F5">
+        <w:t>kestävyyskriteeriohjeen luvussa 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2616">
+        <w:t xml:space="preserve"> ja RFNBO-ohjeen luvussa 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB465E">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4096BDC8" w14:textId="282C2991" w:rsidR="00DD23FE" w:rsidRDefault="00DD23FE" w:rsidP="00114727">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r w:rsidRPr="001516F0">
-        <w:t xml:space="preserve">Kohdassa 7 C toiminnanharjoittajan tulee kuvata laitoksella käytettyjen bionesteiden, biomassapolttoaineiden </w:t>
-[...2 lines deleted...]
-        <w:t>sekä</w:t>
+        <w:t>Kohdassa 7 C toiminnanharjoittajan tulee kuvata laitoksella käytettyjen bionesteiden, biomassapolttoaineiden</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2616">
+        <w:t>, RFNBO-polttoaineiden</w:t>
       </w:r>
       <w:r w:rsidRPr="001516F0">
-        <w:t xml:space="preserve"> niillä tuotetun energian määrittämismenettelyt. </w:t>
-[...29 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> sekä niillä tuotetun energian määrittämismenettelyt. Kuvaa lyhyesti menettelyt, joilla biomassapolttoaineiden tai -nesteiden määrätieto (massa, tilavuus, energiasisältö) määritetään. Kuvauksessa voi viitata myös muilla viranomaisilla hyväksyttyihin menettelyihin, kuten esimerkiksi hyväksytyssä tarkkailusuunnitelmassa vahvistettuihin polttoaineiden määritysmenettelyihin. Kuvaa myös lyhyesti menettelyt, joilla biomassapolttoaineilla</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2616">
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidRPr="001516F0">
-        <w:t xml:space="preserve">Kuvaa myös lyhyesti menettelyt, joilla biomassapolttoaineilla tai -nesteillä tuotetun energian (sähkö, lämpö, jäähdytys) määrä määritetään. </w:t>
-[...2 lines deleted...]
-        <w:t>K</w:t>
+        <w:t xml:space="preserve"> -nesteillä</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2616">
+        <w:t xml:space="preserve"> tai RFNBO-polttoaineilla</w:t>
       </w:r>
       <w:r w:rsidRPr="001516F0">
-        <w:t>uvauksessa</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="04318646" w14:textId="62CD07BE" w:rsidR="000322E9" w:rsidRPr="001516F0" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+        <w:t xml:space="preserve"> tuotetun energian (sähkö, lämpö, jäähdytys) määrä määritetään. Kuvauksessa voi viitata myös muihin viranomaisilla hyväksyttyihin menettelyihin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E661B8F" w14:textId="6D27380A" w:rsidR="000A7CAB" w:rsidRDefault="00DD23FE" w:rsidP="00B95823">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r w:rsidRPr="00CB465E">
         <w:t xml:space="preserve">Kohdassa </w:t>
       </w:r>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001E78F5">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> toiminnanharjoittajan tulee kuvata </w:t>
+      <w:r>
+        <w:t xml:space="preserve">D toiminnanharjoittajan tulee kuvata </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
         <w:t>menetelmä, jolla kestävyysjärjestelmässä varmistutaan kasvihuonekaasupäästövähenemää koskevan kriteerin täyttymisestä.</w:t>
       </w:r>
-      <w:r>
-[...19 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00D31193">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B95823">
+        <w:t>Biopolttoaineiden, -bionesteiden ja biomassapolttoaineiden osalta kasvihuonekaasupäästövähenemälaskelman tulee perustua RED III-direktiivi</w:t>
+      </w:r>
+      <w:r w:rsidR="00E02012">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95823">
+        <w:t xml:space="preserve"> ja kansallisen lainsäädännön asettamiin vaatimuksiin sekä Energiaviraston Toiminnanharjoittajan kestävyyskriteeriohjeessa esitettyihin periaatteisiin ja linjauksiin. </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7CAB">
+        <w:t>RFNBO-polttoaineiden osalta kasvihuonekaasupäästövähenemälaskelman tulee perustua komission delegoidussa asetuksessa (EU) 2023/1185 määritettyyn menetelmään</w:t>
+      </w:r>
+      <w:r w:rsidR="00701F71">
+        <w:t xml:space="preserve"> sekä kansalliseen lainsäädäntöön</w:t>
+      </w:r>
+      <w:r w:rsidR="000A7CAB">
+        <w:t>, jo</w:t>
+      </w:r>
+      <w:r w:rsidR="00701F71">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="000A7CAB">
+        <w:t>ta Toiminnanharjoittajan RFNBO-ohjeen linjaukset tarvittaessa täydentävät.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71FB7FB0" w14:textId="029233B4" w:rsidR="00DD23FE" w:rsidRPr="001516F0" w:rsidRDefault="00840D86" w:rsidP="00DD23FE">
+      <w:pPr>
+        <w:pStyle w:val="Leipteksti"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Mikäli kestävyysjärjestelmän kasvihuonekaasupäästövähenemän laskeminen perustuu todelliseen päästölaskentaan, tulee laskentamenetelmä kuvata yksityiskohtaisesti tässä ja mahdollisissa</w:t>
+      </w:r>
+      <w:r w:rsidR="0075711E">
+        <w:t xml:space="preserve"> hakemuksen</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> liitteissä. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E20D65">
+        <w:t>Mikäli kestävyysjärjestelmä perustuu b</w:t>
+      </w:r>
+      <w:r w:rsidR="002E0B61">
+        <w:t xml:space="preserve">iopolttoaineiden, bionesteiden ja biomassapolttoaineiden </w:t>
+      </w:r>
+      <w:r w:rsidR="00E20D65">
+        <w:t>osalta</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD23FE">
+        <w:t xml:space="preserve"> osin RED </w:t>
+      </w:r>
+      <w:r>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD23FE">
+        <w:t xml:space="preserve">II-direktiivin liitteen V tai VI mukaisiin oletusarvoihin, tulee se kuvata tässä. Toiminnanharjoittajan kestävyyskriteeriohjeen luvussa 4.1 ja 4.2 on kuvattu tarkemmin oletusarvojen käytön mahdollisuuksia. Kasvihuonekaasupäästölaskennan vaatimuksia on kuvattu toiminnanharjoittajan </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD23FE" w:rsidRPr="001516F0">
+        <w:t>kestävyyskriteeriohjeen luvusta 4.2 alkaen</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95C7A">
+        <w:t xml:space="preserve"> ja RFNBO-ohjeen luvussa 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD23FE" w:rsidRPr="001516F0">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="585E8191" w14:textId="2FB0AA09" w:rsidR="00DD23FE" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
+      <w:pPr>
+        <w:pStyle w:val="Leipteksti"/>
+      </w:pPr>
       <w:r w:rsidRPr="001516F0">
-        <w:t>kestävyyskriteeriohjeen luvusta 4.</w:t>
-[...2 lines deleted...]
-        <w:t>2</w:t>
+        <w:t xml:space="preserve">Kohdassa 7 E toiminnanharjoittajan tulee kuvata tarkasti ja yksityiskohtaisesti, kuinka kestävyysjärjestelmässä varmistetaan raaka-aineen alkuperäkriteerien </w:t>
       </w:r>
       <w:r w:rsidRPr="001516F0">
-        <w:t xml:space="preserve"> alkaen.</w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>täyttyminen. Kestävyyskriteerien täyttyminen tulee kuvata raaka-aineluokittain.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Toiminnanharjoittajan </w:t>
+      </w:r>
       <w:r w:rsidRPr="001516F0">
-        <w:t xml:space="preserve">Kohdassa 7 </w:t>
-[...21 lines deleted...]
-        <w:t>2</w:t>
+        <w:t>kestävyyskriteeriohjeen luvussa 2</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> on kuvattu kestävyysjärjestelmälle asetettuja vaatimuksia tältä osin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37950713" w14:textId="77777777" w:rsidR="000322E9" w:rsidRPr="001516F0" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+    <w:p w14:paraId="3C9D709E" w14:textId="77777777" w:rsidR="00DD23FE" w:rsidRPr="001516F0" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Otsikko3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc1385671"/>
       <w:r w:rsidRPr="001516F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Kohta 8: Liitteet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="6B3D466E" w14:textId="77777777" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+    <w:p w14:paraId="7EF6282C" w14:textId="77777777" w:rsidR="00DD23FE" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Toiminnanharjoittajan tulee liittää hakemukseensa </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
         <w:t>todentajan lausunto</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> kestävyysjärjestelmän vaatimustenmukaisuudesta. Todentajan lausunto laaditaan lomakkeella ’Todentajan lausunto toiminnanharjoittajan kestävyysjärjestelmän vaatimustenmukaisuudesta’, joka löytyy Energiaviraston internetsivulta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28C3E4B2" w14:textId="77777777" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+    <w:p w14:paraId="44702AD4" w14:textId="77777777" w:rsidR="00DD23FE" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kohdassa 8 A kestävyysjärjestelmän hyväksymishakemukseen tulee yksilöidä </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E294884" w14:textId="77777777" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+    <w:p w14:paraId="1E27D0D3" w14:textId="77777777" w:rsidR="00DD23FE" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">kuka toiminnanharjoittajan kestävyysjärjestelmän on todentanut, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10CFF794" w14:textId="77777777" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+    <w:p w14:paraId="7882DEE7" w14:textId="77777777" w:rsidR="00DD23FE" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">todentamisen päivämäärä ja </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1559938D" w14:textId="77777777" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+    <w:p w14:paraId="4FAE4338" w14:textId="77777777" w:rsidR="00DD23FE" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">onko todentaja havainnut kestävyysjärjestelmän vaatimustenmukaiseksi. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="287E5733" w14:textId="77777777" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+    <w:p w14:paraId="6B55AC8F" w14:textId="77777777" w:rsidR="00DD23FE" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r>
         <w:t>Muilta osin todentajan lausunto tulee liittää liitteeksi. Sitä koskevat samat julkisuuslain mukaiset salassapitoperusteet kuin muihinkin hakemukseen liittyviin asiakirjoihin ja sen mahdollinen salassapito käsitellään tapauskohtaisesti.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11E4043D" w14:textId="77777777" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+    <w:p w14:paraId="50C9D565" w14:textId="770965B2" w:rsidR="00DD23FE" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Lisäksi kohdassa 8 B tulee </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB465E">
         <w:t>yksilöidä myös muut mahdolliset liitteet,</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> mitä kohtaa hakemuksessa kyseinen liite koskee ja miksi. Hakemuksen kohdassa 5 B kertaalleen mainittuja liitteitä ei tarvitse mainita uudelleen kohdassa 8 B. </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="12383884" w14:textId="77777777" w:rsidR="000322E9" w:rsidRPr="001516F0" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+        <w:t xml:space="preserve"> mitä kohtaa hakemuksessa kyseinen liite koskee ja miksi. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4319F">
+        <w:t>Esimerkiksi m</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4319F" w:rsidRPr="00B4319F">
+        <w:t>ikäli kestävyysjärjestelmän hyväksyntää hakeva taho on valtionavustuksen saaja, jonka avustusta koskevassa päätöksessä on määrätty kestävyyden osoittamisesta, tulee avustusta koskeva päätös toimittaa Energiavirastolle kestävyysjärjestelmän hyväksymishakemuksen liitteenä.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A092CAF" w14:textId="7950B181" w:rsidR="001548D4" w:rsidRDefault="001548D4" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Otsikko3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc1385672"/>
       <w:r w:rsidRPr="001516F0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Kohta 9: Allekirjoitus</w:t>
+        <w:t>Kohta 9:</w:t>
+      </w:r>
+      <w:r w:rsidR="007F44FE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hakemuksen julkisuus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41C8F2FB" w14:textId="77777777" w:rsidR="00896D47" w:rsidRDefault="00896D47" w:rsidP="00896D47">
+      <w:pPr>
+        <w:pStyle w:val="Leipteksti"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Mikäli toiminnanharjoittaja katsoo, että hakemuksessa tai hakemuksen liitteenä on julkisuuslain nojalla salassa pidettäviä asiakirjoja, tulee salassa pidettävät tiedot ja liitteet yksilöidä ja salassapidon peruste mainita kohdassa 9 B. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A2A5C85" w14:textId="46899577" w:rsidR="00DD23FE" w:rsidRPr="001516F0" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
+      <w:pPr>
+        <w:pStyle w:val="Otsikko3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001516F0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kohta </w:t>
+      </w:r>
+      <w:r w:rsidR="001548D4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001516F0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>: Allekirjoitus</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="11DCD156" w14:textId="77777777" w:rsidR="000322E9" w:rsidRDefault="000322E9" w:rsidP="000322E9">
+    <w:p w14:paraId="462C51FA" w14:textId="77777777" w:rsidR="00DD23FE" w:rsidRDefault="00DD23FE" w:rsidP="00DD23FE">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Hakemuksen tulee olla toiminnanharjoittajan yhtiöjärjestyksen tai vastaavan mukaisesti allekirjoitettu. Hakemuksessa tulee siis olla sellaisen henkilön tai henkilöiden allekirjoitukset, joilla on toiminnanharjoittajan nimenkirjoitusoikeus. Mikäli allekirjoittaja poikkeaa tästä, tulee hakemukseen liittää asiakirja, josta käy ilmi allekirjoittajan nimenkirjoitusoikeus. Energiavirasto tarkastaa hakemuksen allekirjoituksen viran puolesta. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E6C303E" w14:textId="77777777" w:rsidR="001D47AE" w:rsidRPr="001D47AE" w:rsidRDefault="001D47AE" w:rsidP="001D47AE">
+    <w:p w14:paraId="5E855DB0" w14:textId="77777777" w:rsidR="00FE0B40" w:rsidRDefault="00FE0B40" w:rsidP="007A6F7E">
       <w:pPr>
         <w:pStyle w:val="Leipteksti"/>
         <w:spacing w:after="0"/>
-        <w:ind w:left="360"/>
-[...13 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00FE0B40" w:rsidSect="00E716D9">
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2892" w:right="1134" w:bottom="1701" w:left="1134" w:header="709" w:footer="680" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1D544FA7" w14:textId="77777777" w:rsidR="006E61FC" w:rsidRDefault="006E61FC" w:rsidP="0046103D">
+    <w:p w14:paraId="2DDE7DE2" w14:textId="77777777" w:rsidR="00C64EDF" w:rsidRDefault="00C64EDF" w:rsidP="0046103D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="47A2F938" w14:textId="77777777" w:rsidR="006E61FC" w:rsidRDefault="006E61FC" w:rsidP="0046103D">
+    <w:p w14:paraId="7124A80D" w14:textId="77777777" w:rsidR="00C64EDF" w:rsidRDefault="00C64EDF" w:rsidP="0046103D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6E4BC074" w14:textId="77777777" w:rsidR="006E61FC" w:rsidRDefault="006E61FC"/>
+    <w:p w14:paraId="63210173" w14:textId="77777777" w:rsidR="00C64EDF" w:rsidRDefault="00C64EDF"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-[...20 lines deleted...]
-  <w:p w14:paraId="3CEA371E" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRDefault="00887B8A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="16C856AB" w14:textId="2C159275" w:rsidR="00887B8A" w:rsidRDefault="00B05779">
     <w:pPr>
       <w:pStyle w:val="Alatunniste"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fi-FI"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="23186A79" wp14:editId="7AB970D5">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="390438E9" wp14:editId="40DE52A6">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="margin">
-            <wp:align>center</wp:align>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>429370</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
-            <wp:posOffset>9912985</wp:posOffset>
+            <wp:posOffset>9915277</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="6695440" cy="431800"/>
-          <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+          <wp:extent cx="6680200" cy="431800"/>
+          <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
           <wp:wrapNone/>
-          <wp:docPr id="8" name="Picture 8"/>
+          <wp:docPr id="19" name="Picture 10"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="footer_RGB_flat.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1" cstate="print">
+                  <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="6695440" cy="431800"/>
+                    <a:ext cx="6680200" cy="431800"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="251F19D1" w14:textId="77777777" w:rsidR="006E61FC" w:rsidRDefault="006E61FC" w:rsidP="0046103D">
+    <w:p w14:paraId="0E8BB7FC" w14:textId="77777777" w:rsidR="00C64EDF" w:rsidRDefault="00C64EDF" w:rsidP="0046103D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="46F69939" w14:textId="77777777" w:rsidR="006E61FC" w:rsidRDefault="006E61FC" w:rsidP="0046103D">
+    <w:p w14:paraId="156A5B63" w14:textId="77777777" w:rsidR="00C64EDF" w:rsidRDefault="00C64EDF" w:rsidP="0046103D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0F37E02B" w14:textId="77777777" w:rsidR="006E61FC" w:rsidRDefault="006E61FC"/>
+    <w:p w14:paraId="48B14FDB" w14:textId="77777777" w:rsidR="00C64EDF" w:rsidRDefault="00C64EDF"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Eireunaviivaa"/>
       <w:tblW w:w="9854" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="3969"/>
-      <w:gridCol w:w="3276"/>
+      <w:gridCol w:w="5216"/>
+      <w:gridCol w:w="2029"/>
       <w:gridCol w:w="580"/>
       <w:gridCol w:w="1304"/>
       <w:gridCol w:w="725"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w14:paraId="27788821" w14:textId="77777777" w:rsidTr="00B3080F">
+    <w:tr w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w14:paraId="6AF3984A" w14:textId="77777777" w:rsidTr="00C0487F">
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3969" w:type="dxa"/>
+          <w:tcW w:w="5216" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="38676A01" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="01F8E373" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:lang w:eastAsia="fi-FI"/>
             </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43AB0ACD" wp14:editId="13CA31D8">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F674753" wp14:editId="28280017">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3479</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3009</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1089276" cy="1001865"/>
                 <wp:effectExtent l="0" t="0" r="0" b="8255"/>
                 <wp:wrapNone/>
-                <wp:docPr id="4" name="Kuva 6"/>
+                <wp:docPr id="6" name="Picture 6"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="6" name="EVlogo.PNG"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
@@ -3231,770 +3543,790 @@
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:alias w:val="Aihe"/>
           <w:tag w:val=""/>
           <w:id w:val="1839498212"/>
           <w:placeholder>
             <w:docPart w:val="0EEEE459CF5F4AECA17B2E279013D7DF"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:subject[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:tc>
             <w:tcPr>
-              <w:tcW w:w="3856" w:type="dxa"/>
+              <w:tcW w:w="2609" w:type="dxa"/>
               <w:gridSpan w:val="2"/>
             </w:tcPr>
-            <w:p w14:paraId="725A88B8" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="003F38D8" w:rsidRDefault="00BD5046" w:rsidP="003F38D8">
+            <w:p w14:paraId="443A595E" w14:textId="0868B4DB" w:rsidR="00887B8A" w:rsidRPr="003F38D8" w:rsidRDefault="00805423" w:rsidP="003F38D8">
               <w:pPr>
                 <w:pStyle w:val="Yltunniste"/>
                 <w:rPr>
                   <w:b/>
                 </w:rPr>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:b/>
                 </w:rPr>
                 <w:t>LOMAKE – Kestävyysjärjestelmän muutoshakemus</w:t>
               </w:r>
             </w:p>
           </w:tc>
         </w:sdtContent>
       </w:sdt>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1304" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="163BEB50" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="0D833389" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="725" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="13BF2845" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="004F3BE0">
+        <w:p w14:paraId="7D5CC4B7" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="004F3BE0">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
           <w:r w:rsidRPr="004F3BE0">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="004F3BE0">
             <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="004F3BE0">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00BD5046">
+          <w:r w:rsidR="00374597">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="004F3BE0">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="004F3BE0">
             <w:t xml:space="preserve"> (</w:t>
           </w:r>
-          <w:r w:rsidR="00C964E3">
+          <w:r w:rsidR="007F0CF3">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="00C964E3">
+          <w:r w:rsidR="007F0CF3">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
           </w:r>
-          <w:r w:rsidR="00C964E3">
+          <w:r w:rsidR="007F0CF3">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00BD5046">
+          <w:r w:rsidR="00374597">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>3</w:t>
           </w:r>
-          <w:r w:rsidR="00C964E3">
+          <w:r w:rsidR="007F0CF3">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="004F3BE0">
             <w:t>)</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w14:paraId="098D5FB2" w14:textId="77777777" w:rsidTr="00B3080F">
+    <w:tr w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w14:paraId="4E0A1D11" w14:textId="77777777" w:rsidTr="00C0487F">
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3969" w:type="dxa"/>
+          <w:tcW w:w="5216" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="560B2225" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="1E2639CF" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3856" w:type="dxa"/>
+          <w:tcW w:w="2609" w:type="dxa"/>
           <w:gridSpan w:val="2"/>
         </w:tcPr>
-        <w:p w14:paraId="0429BC36" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="3B847578" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1304" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="50262421" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="639B4A11" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="725" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="6244EEE3" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="57756755" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w14:paraId="16D802FF" w14:textId="77777777" w:rsidTr="00B3080F">
+    <w:tr w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w14:paraId="6F4CE521" w14:textId="77777777" w:rsidTr="00C0487F">
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3969" w:type="dxa"/>
+          <w:tcW w:w="5216" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="0F9CF25B" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="7509F24F" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3856" w:type="dxa"/>
+          <w:tcW w:w="2609" w:type="dxa"/>
           <w:gridSpan w:val="2"/>
         </w:tcPr>
-        <w:p w14:paraId="130A3380" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="19A1B870" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1304" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="09666FF3" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="6C2D5E5A" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="725" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="39E16477" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="23898F58" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w14:paraId="448A3719" w14:textId="77777777" w:rsidTr="00B3080F">
+    <w:tr w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w14:paraId="0F4BD7BF" w14:textId="77777777" w:rsidTr="00C0487F">
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3969" w:type="dxa"/>
+          <w:tcW w:w="5216" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="77F7BB56" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="73FF0BBC" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3856" w:type="dxa"/>
+          <w:tcW w:w="2609" w:type="dxa"/>
           <w:gridSpan w:val="2"/>
         </w:tcPr>
-        <w:p w14:paraId="75DAD61D" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="1A72291B" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Dnro"/>
           <w:tag w:val=""/>
           <w:id w:val="-1929185855"/>
           <w:showingPlcHdr/>
           <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:CompanyFax[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="2029" w:type="dxa"/>
               <w:gridSpan w:val="2"/>
             </w:tcPr>
-            <w:p w14:paraId="67550ABF" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00514AF0">
+            <w:p w14:paraId="289FA363" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00514AF0">
               <w:pPr>
                 <w:pStyle w:val="Yltunniste"/>
                 <w:jc w:val="right"/>
               </w:pPr>
               <w:r>
                 <w:t xml:space="preserve">     </w:t>
               </w:r>
             </w:p>
           </w:tc>
         </w:sdtContent>
       </w:sdt>
     </w:tr>
-    <w:tr w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w14:paraId="05D79F2A" w14:textId="77777777" w:rsidTr="00B3080F">
+    <w:tr w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w14:paraId="3BD8B4DE" w14:textId="77777777" w:rsidTr="00C0487F">
       <w:trPr>
         <w:gridAfter w:val="3"/>
         <w:wAfter w:w="2609" w:type="dxa"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3969" w:type="dxa"/>
+          <w:tcW w:w="5216" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="0570A1A3" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="6BA07880" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3276" w:type="dxa"/>
+          <w:tcW w:w="2029" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="4CF59EBD" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="004F3BE0">
+        <w:p w14:paraId="063BB699" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="004F3BE0">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rStyle w:val="Paikkamerkkiteksti"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="3C01D451" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="0046103D">
+  <w:p w14:paraId="039F85B7" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="0046103D">
     <w:pPr>
       <w:pStyle w:val="Yltunniste"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Eireunaviivaa"/>
       <w:tblW w:w="10579" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3969"/>
       <w:gridCol w:w="3856"/>
       <w:gridCol w:w="1304"/>
       <w:gridCol w:w="725"/>
       <w:gridCol w:w="725"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w14:paraId="589CCC50" w14:textId="77777777" w:rsidTr="00CD0B60">
+    <w:tr w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w14:paraId="1AF95449" w14:textId="77777777" w:rsidTr="00CD0B60">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3969" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="282DDA10" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="437F1351" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:alias w:val="Aihe"/>
           <w:tag w:val=""/>
           <w:id w:val="-1539271964"/>
           <w:placeholder>
             <w:docPart w:val="FBE717706F7B4B72A0D9F3F60F731ABB"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:subject[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="3856" w:type="dxa"/>
             </w:tcPr>
-            <w:p w14:paraId="02135A81" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="003F38D8" w:rsidRDefault="00BD5046" w:rsidP="00B46320">
+            <w:p w14:paraId="7D14E8C2" w14:textId="6A253D4A" w:rsidR="00887B8A" w:rsidRPr="003F38D8" w:rsidRDefault="00CD0B60" w:rsidP="00B46320">
               <w:pPr>
                 <w:pStyle w:val="Yltunniste"/>
                 <w:rPr>
                   <w:b/>
                 </w:rPr>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:b/>
                 </w:rPr>
-                <w:t>LOMAKE – Kestävyysjärjestelmän muutoshakemus</w:t>
+                <w:t>LOMAKE – Kestävyysjärjestelmän</w:t>
+              </w:r>
+              <w:r w:rsidR="007747F5">
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidR="00805423">
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:t>muuto</w:t>
+              </w:r>
+              <w:r>
+                <w:rPr>
+                  <w:b/>
+                </w:rPr>
+                <w:t>shakemus</w:t>
               </w:r>
             </w:p>
           </w:tc>
         </w:sdtContent>
       </w:sdt>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1304" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="3B83AD4D" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="26324E9E" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="725" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="459C43C8" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="004F3BE0">
+        <w:p w14:paraId="72FECBDA" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="004F3BE0">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
           <w:r w:rsidRPr="004F3BE0">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="004F3BE0">
             <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="004F3BE0">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00BD5046">
+          <w:r w:rsidR="00374597">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r w:rsidRPr="004F3BE0">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="004F3BE0">
             <w:t xml:space="preserve"> (</w:t>
           </w:r>
-          <w:r w:rsidR="00C964E3">
+          <w:r w:rsidR="007F0CF3">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="00C964E3">
+          <w:r w:rsidR="007F0CF3">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
           </w:r>
-          <w:r w:rsidR="00C964E3">
+          <w:r w:rsidR="007F0CF3">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00BD5046">
+          <w:r w:rsidR="00374597">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>3</w:t>
           </w:r>
-          <w:r w:rsidR="00C964E3">
+          <w:r w:rsidR="007F0CF3">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="004F3BE0">
             <w:t>)</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="725" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="16E13436" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="004F3BE0">
+        <w:p w14:paraId="33DF5CD6" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="004F3BE0">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
             <w:rPr>
               <w:noProof/>
               <w:lang w:eastAsia="fi-FI"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w14:paraId="3A7B3DB3" w14:textId="77777777" w:rsidTr="00CD0B60">
+    <w:tr w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w14:paraId="7A2D9EFF" w14:textId="77777777" w:rsidTr="00CD0B60">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3969" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="12570AF5" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="6A23467D" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3856" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="304C1014" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="66541EAC" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1304" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="71119625" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="44299097" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="725" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="4ABA0333" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="099CBE1C" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="725" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="5D199BCF" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="5D35F610" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w14:paraId="56658781" w14:textId="77777777" w:rsidTr="00CD0B60">
+    <w:tr w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w14:paraId="4D97A055" w14:textId="77777777" w:rsidTr="00CD0B60">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3969" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="24FACC47" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00B506E7">
+        <w:p w14:paraId="43399F03" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00B506E7">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1265"/>
             </w:tabs>
           </w:pPr>
           <w:r>
             <w:tab/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3856" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="447B87E0" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="14961208" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1304" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="52186C2C" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="5C3E6B83" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="725" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="0DFABEFC" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="61AF59AE" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="725" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="677D8BB5" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="1F1040EE" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w14:paraId="34AA3C1B" w14:textId="77777777" w:rsidTr="00CD0B60">
+    <w:tr w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w14:paraId="609DD795" w14:textId="77777777" w:rsidTr="00CD0B60">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3969" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="100C3728" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="4CEECDB8" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3856" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="3FACC476" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="0056FAD1" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Dnro"/>
           <w:tag w:val=""/>
           <w:id w:val="-1555386664"/>
           <w:showingPlcHdr/>
           <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:CompanyFax[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="2029" w:type="dxa"/>
               <w:gridSpan w:val="2"/>
             </w:tcPr>
-            <w:p w14:paraId="61F9AEEB" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="0008793C">
+            <w:p w14:paraId="23E0D7C7" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="0008793C">
               <w:pPr>
                 <w:pStyle w:val="Yltunniste"/>
                 <w:jc w:val="right"/>
               </w:pPr>
               <w:r>
                 <w:t xml:space="preserve">     </w:t>
               </w:r>
             </w:p>
           </w:tc>
         </w:sdtContent>
       </w:sdt>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="725" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="42B85539" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRDefault="00887B8A" w:rsidP="00514AF0">
+        <w:p w14:paraId="03C2BB73" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRDefault="00887B8A" w:rsidP="00514AF0">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w14:paraId="5C56B1B3" w14:textId="77777777" w:rsidTr="00CD0B60">
+    <w:tr w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w14:paraId="245E1061" w14:textId="77777777" w:rsidTr="00CD0B60">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3969" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="01D0ADD5" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
+        <w:p w14:paraId="226460CC" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="00A108FB">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3856" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="3DA96593" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="004F3BE0">
+        <w:p w14:paraId="7FE23AA3" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="004F3BE0">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2029" w:type="dxa"/>
           <w:gridSpan w:val="2"/>
         </w:tcPr>
-        <w:p w14:paraId="26AA7DCA" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="004F3BE0">
+        <w:p w14:paraId="24F078D3" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="004F3BE0">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rStyle w:val="Paikkamerkkiteksti"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="725" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="75A88080" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="004F3BE0">
+        <w:p w14:paraId="38580900" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRPr="004F3BE0" w:rsidRDefault="00887B8A" w:rsidP="004F3BE0">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rStyle w:val="Paikkamerkkiteksti"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="04EBFBF8" w14:textId="77777777" w:rsidR="00887B8A" w:rsidRDefault="00887B8A">
+  <w:p w14:paraId="47A728BD" w14:textId="485C60C5" w:rsidR="00887B8A" w:rsidRDefault="00887B8A" w:rsidP="00677567">
     <w:pPr>
       <w:pStyle w:val="Yltunniste"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+      </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fi-FI"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4EE6D700" wp14:editId="08D3094C">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21982A08" wp14:editId="659126CE">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-904157</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1200647" cy="1104299"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
           <wp:wrapNone/>
-          <wp:docPr id="7" name="Kuva 5"/>
+          <wp:docPr id="5" name="Picture 5"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="5" name="EVlogo.PNG"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1200647" cy="1104299"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
+    <w:r w:rsidR="00677567">
+      <w:tab/>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="8A94EFB0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="ACCC9F4A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -4102,50 +4434,141 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6704" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040B0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7424" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09FB02DD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="381E2F66"/>
+    <w:lvl w:ilvl="0" w:tplc="F1E8E9CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040B0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040B001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040B000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040B0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040B001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040B000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040B0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040B001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A0C32A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B0506FE0"/>
     <w:lvl w:ilvl="0" w:tplc="040B0015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040B0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040B001B" w:tentative="1">
@@ -4190,51 +4613,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040B0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040B001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="157D0533"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="61FC9C98"/>
     <w:lvl w:ilvl="0" w:tplc="040B0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040B0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3060" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040B001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4276,51 +4699,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040B0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7380" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040B001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8100" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17E60312"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7E48174A"/>
     <w:lvl w:ilvl="0" w:tplc="040B0015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040B0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040B001B" w:tentative="1">
@@ -4365,51 +4788,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040B0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040B001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FBD55B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D1064D2E"/>
     <w:lvl w:ilvl="0" w:tplc="040B0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1664" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040B0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2384" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4478,64 +4901,66 @@
     <w:lvl w:ilvl="7" w:tplc="040B0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6704" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040B0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7424" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22A67E86"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E92E2968"/>
-    <w:lvl w:ilvl="0" w:tplc="040B0015">
+    <w:tmpl w:val="6A909502"/>
+    <w:lvl w:ilvl="0" w:tplc="F1E8E9CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040B0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040B001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="040B000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -4567,51 +4992,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040B0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040B001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22CF17A0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F056985A"/>
     <w:styleLink w:val="Luettelomerkit"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Merkittyluettelo"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1701" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2098" w:hanging="397"/>
       </w:pPr>
@@ -4682,51 +5107,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4480" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4877" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22DC1C38"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7960B67C"/>
     <w:styleLink w:val="Luettelonumeroitu"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numeroituluettelo"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1701" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2098" w:hanging="397"/>
       </w:pPr>
@@ -4797,176 +5222,149 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4480" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4877" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25613BE3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7960B67C"/>
     <w:numStyleLink w:val="Luettelonumeroitu"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="267C2CB7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3170F2A2"/>
+    <w:lvl w:ilvl="0" w:tplc="040B0015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040B0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040B001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040B000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040B0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040B001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040B000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040B0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040B001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27440EE1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F056985A"/>
     <w:numStyleLink w:val="Luettelomerkit"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31B779C6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C642606E"/>
     <w:styleLink w:val="Numeroituotsikointi"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Otsikko1"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5053,51 +5451,51 @@
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Otsikko9"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32EB1CE6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AF921614"/>
     <w:lvl w:ilvl="0" w:tplc="040B0015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040B0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040B001B" w:tentative="1">
@@ -5142,51 +5540,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040B0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040B001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35E01DD5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="46209934"/>
+    <w:lvl w:ilvl="0" w:tplc="040B0015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040B0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040B001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040B000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040B0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040B001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040B000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040B0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040B001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A213143"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="32C03FFE"/>
     <w:lvl w:ilvl="0" w:tplc="040B0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040B0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040B0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%3."/>
@@ -5228,51 +5715,145 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040B0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040B001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E480A98"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="36A83CB4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76EE5962"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E4F8BF78"/>
     <w:lvl w:ilvl="0" w:tplc="C7D49E2E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040B0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040B001B" w:tentative="1">
@@ -5317,51 +5898,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040B0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040B001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7894297E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E49A6C9A"/>
     <w:lvl w:ilvl="0" w:tplc="E62827C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Otsikko2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040B0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040B001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -5404,164 +5985,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040B0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040B001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C504E67"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1D2C76C4"/>
     <w:lvl w:ilvl="0" w:tplc="040B000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040B0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040B0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%3."/>
@@ -5603,446 +6071,475 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040B0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040B001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1587835421">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1530685062">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="74674360">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="535235510">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="5" w16cid:durableId="1815220389">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1982074152">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="50617736">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="120460805">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="790586439">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="838540265">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="908425632">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1420758987">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="261573041">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1335959522">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1963732459">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1436706353">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="17" w16cid:durableId="1117799932">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="18" w16cid:durableId="77682245">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="7">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="19" w16cid:durableId="1106999567">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="8">
-    <w:abstractNumId w:val="19"/>
+  <w:num w:numId="20" w16cid:durableId="2038770118">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="9">
-[...5 lines deleted...]
-  <w:num w:numId="11">
+  <w:num w:numId="21" w16cid:durableId="110587274">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="12">
-[...2 lines deleted...]
-  <w:num w:numId="13">
+  <w:num w:numId="22" w16cid:durableId="447625987">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="14">
-[...8 lines deleted...]
-  <w:num w:numId="17">
+  <w:num w:numId="23" w16cid:durableId="803231143">
     <w:abstractNumId w:val="12"/>
-  </w:num>
-[...41 lines deleted...]
-    <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B46320"/>
-    <w:rsid w:val="00023848"/>
-    <w:rsid w:val="000322E9"/>
+    <w:rsid w:val="00005D4C"/>
+    <w:rsid w:val="000306C3"/>
+    <w:rsid w:val="0003149C"/>
     <w:rsid w:val="000355FE"/>
-    <w:rsid w:val="0005537E"/>
+    <w:rsid w:val="000603FC"/>
     <w:rsid w:val="00070DBE"/>
     <w:rsid w:val="000762E5"/>
     <w:rsid w:val="000858B4"/>
     <w:rsid w:val="00086892"/>
+    <w:rsid w:val="00086B3F"/>
     <w:rsid w:val="0008793C"/>
-    <w:rsid w:val="00094280"/>
-[...4 lines deleted...]
-    <w:rsid w:val="000D5FC8"/>
+    <w:rsid w:val="00091B49"/>
+    <w:rsid w:val="000A2CF7"/>
+    <w:rsid w:val="000A7294"/>
+    <w:rsid w:val="000A7CAB"/>
+    <w:rsid w:val="000B7A5C"/>
+    <w:rsid w:val="000E0E6E"/>
     <w:rsid w:val="000E547D"/>
+    <w:rsid w:val="000F5845"/>
+    <w:rsid w:val="00100361"/>
     <w:rsid w:val="001028F5"/>
     <w:rsid w:val="001139CE"/>
-    <w:rsid w:val="00117F45"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00137350"/>
+    <w:rsid w:val="00114727"/>
+    <w:rsid w:val="001352C0"/>
     <w:rsid w:val="00141914"/>
-    <w:rsid w:val="00150F9F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="001528ED"/>
+    <w:rsid w:val="00151168"/>
+    <w:rsid w:val="001548D4"/>
     <w:rsid w:val="0015707A"/>
-    <w:rsid w:val="001767B8"/>
-[...8 lines deleted...]
-    <w:rsid w:val="002124C8"/>
+    <w:rsid w:val="00184B20"/>
+    <w:rsid w:val="00186081"/>
+    <w:rsid w:val="001A0099"/>
+    <w:rsid w:val="001B013E"/>
+    <w:rsid w:val="001B25EE"/>
+    <w:rsid w:val="001B3C49"/>
+    <w:rsid w:val="001B6A59"/>
+    <w:rsid w:val="001B7222"/>
+    <w:rsid w:val="001B7EA5"/>
+    <w:rsid w:val="001C2136"/>
+    <w:rsid w:val="001D7548"/>
+    <w:rsid w:val="001E21DF"/>
+    <w:rsid w:val="001E3426"/>
+    <w:rsid w:val="001F1A4C"/>
     <w:rsid w:val="00216C36"/>
+    <w:rsid w:val="00226D3C"/>
+    <w:rsid w:val="002402DD"/>
+    <w:rsid w:val="0025339C"/>
+    <w:rsid w:val="002704B1"/>
+    <w:rsid w:val="00274CFA"/>
     <w:rsid w:val="00286169"/>
     <w:rsid w:val="00295627"/>
-    <w:rsid w:val="00297C8E"/>
+    <w:rsid w:val="00295B65"/>
+    <w:rsid w:val="00296599"/>
+    <w:rsid w:val="002A322F"/>
+    <w:rsid w:val="002A67EC"/>
     <w:rsid w:val="002B5AA7"/>
     <w:rsid w:val="002B5BF6"/>
-    <w:rsid w:val="002B71C6"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00384B67"/>
+    <w:rsid w:val="002B60BF"/>
+    <w:rsid w:val="002D5617"/>
+    <w:rsid w:val="002E0B61"/>
+    <w:rsid w:val="002E5E26"/>
+    <w:rsid w:val="0032104D"/>
+    <w:rsid w:val="003402C1"/>
+    <w:rsid w:val="00343202"/>
+    <w:rsid w:val="00345E3C"/>
+    <w:rsid w:val="003701D6"/>
+    <w:rsid w:val="00374597"/>
     <w:rsid w:val="0038787C"/>
+    <w:rsid w:val="0039064C"/>
+    <w:rsid w:val="00393AFA"/>
+    <w:rsid w:val="003A28B6"/>
+    <w:rsid w:val="003B15A4"/>
+    <w:rsid w:val="003B1A96"/>
     <w:rsid w:val="003B55EB"/>
-    <w:rsid w:val="003D241E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003D412F"/>
+    <w:rsid w:val="003C2FFA"/>
+    <w:rsid w:val="003D26BF"/>
+    <w:rsid w:val="003E48E7"/>
     <w:rsid w:val="003F38D8"/>
-    <w:rsid w:val="0042276C"/>
-    <w:rsid w:val="00427213"/>
+    <w:rsid w:val="003F5020"/>
+    <w:rsid w:val="00402353"/>
+    <w:rsid w:val="00425284"/>
     <w:rsid w:val="0046103D"/>
-    <w:rsid w:val="00464C26"/>
-    <w:rsid w:val="00465A1B"/>
     <w:rsid w:val="00475A57"/>
-    <w:rsid w:val="00480337"/>
-[...5 lines deleted...]
-    <w:rsid w:val="004E75FC"/>
+    <w:rsid w:val="00475E81"/>
+    <w:rsid w:val="00481146"/>
+    <w:rsid w:val="00482F9A"/>
+    <w:rsid w:val="00483E04"/>
+    <w:rsid w:val="00484B2D"/>
+    <w:rsid w:val="004874E9"/>
+    <w:rsid w:val="00494C7C"/>
+    <w:rsid w:val="004E4DF0"/>
+    <w:rsid w:val="004F31C4"/>
     <w:rsid w:val="004F3BE0"/>
+    <w:rsid w:val="004F49F7"/>
+    <w:rsid w:val="005076B6"/>
     <w:rsid w:val="00514AF0"/>
-    <w:rsid w:val="0054475C"/>
+    <w:rsid w:val="005202FB"/>
+    <w:rsid w:val="005337A5"/>
     <w:rsid w:val="005544A8"/>
-    <w:rsid w:val="00583972"/>
+    <w:rsid w:val="00574EC0"/>
+    <w:rsid w:val="00587952"/>
     <w:rsid w:val="00594D7C"/>
     <w:rsid w:val="005A1C4E"/>
-    <w:rsid w:val="005A3E76"/>
-[...3 lines deleted...]
-    <w:rsid w:val="0063311B"/>
+    <w:rsid w:val="005A3684"/>
+    <w:rsid w:val="005A6B87"/>
+    <w:rsid w:val="005D12D5"/>
+    <w:rsid w:val="005E361F"/>
+    <w:rsid w:val="00600DAB"/>
+    <w:rsid w:val="00614F6D"/>
+    <w:rsid w:val="00627C93"/>
+    <w:rsid w:val="00636744"/>
+    <w:rsid w:val="00647282"/>
     <w:rsid w:val="00655BE4"/>
-    <w:rsid w:val="00661382"/>
-    <w:rsid w:val="006941E1"/>
+    <w:rsid w:val="00657B96"/>
+    <w:rsid w:val="00677567"/>
+    <w:rsid w:val="00682290"/>
     <w:rsid w:val="006A329E"/>
-    <w:rsid w:val="006B46DC"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00707BFD"/>
+    <w:rsid w:val="006C7203"/>
+    <w:rsid w:val="006E24B6"/>
+    <w:rsid w:val="00701F71"/>
     <w:rsid w:val="0072051B"/>
-    <w:rsid w:val="00725446"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00796A6C"/>
+    <w:rsid w:val="007223F5"/>
+    <w:rsid w:val="00742FBF"/>
+    <w:rsid w:val="00745272"/>
+    <w:rsid w:val="007503B1"/>
+    <w:rsid w:val="0075340F"/>
+    <w:rsid w:val="0075703A"/>
+    <w:rsid w:val="0075711E"/>
+    <w:rsid w:val="007674BB"/>
+    <w:rsid w:val="007747F5"/>
+    <w:rsid w:val="00777DEB"/>
+    <w:rsid w:val="00785313"/>
     <w:rsid w:val="007A29BC"/>
-    <w:rsid w:val="007A4ABD"/>
     <w:rsid w:val="007A6F7E"/>
     <w:rsid w:val="007C0947"/>
-    <w:rsid w:val="007C36E3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007D104A"/>
+    <w:rsid w:val="007C3C4C"/>
+    <w:rsid w:val="007C46EA"/>
+    <w:rsid w:val="007E4706"/>
     <w:rsid w:val="007E7A4D"/>
+    <w:rsid w:val="007F0CF3"/>
+    <w:rsid w:val="007F44FE"/>
     <w:rsid w:val="00803042"/>
-    <w:rsid w:val="00822992"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00846A8D"/>
+    <w:rsid w:val="00805423"/>
+    <w:rsid w:val="008071EA"/>
+    <w:rsid w:val="00810847"/>
+    <w:rsid w:val="00830EDF"/>
+    <w:rsid w:val="00840D86"/>
+    <w:rsid w:val="008433B1"/>
+    <w:rsid w:val="00856624"/>
     <w:rsid w:val="008609E7"/>
-    <w:rsid w:val="008778D7"/>
-    <w:rsid w:val="00880CC1"/>
+    <w:rsid w:val="00862EBD"/>
     <w:rsid w:val="00886B5C"/>
     <w:rsid w:val="00887B8A"/>
-    <w:rsid w:val="008D29E8"/>
-    <w:rsid w:val="008D35B5"/>
+    <w:rsid w:val="00892DD1"/>
+    <w:rsid w:val="00896D47"/>
+    <w:rsid w:val="008A7CB1"/>
+    <w:rsid w:val="008C2768"/>
+    <w:rsid w:val="008C7FFE"/>
+    <w:rsid w:val="008D614A"/>
     <w:rsid w:val="008E1B8D"/>
-    <w:rsid w:val="008F4F71"/>
-[...6 lines deleted...]
-    <w:rsid w:val="009735B1"/>
+    <w:rsid w:val="00913035"/>
+    <w:rsid w:val="009338CF"/>
+    <w:rsid w:val="00961BE4"/>
+    <w:rsid w:val="0098276A"/>
     <w:rsid w:val="009915D4"/>
     <w:rsid w:val="00995944"/>
-    <w:rsid w:val="009A41E5"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00A040E9"/>
+    <w:rsid w:val="009A3BFE"/>
+    <w:rsid w:val="009A5390"/>
+    <w:rsid w:val="009A684F"/>
+    <w:rsid w:val="009B1D5A"/>
+    <w:rsid w:val="009D0181"/>
+    <w:rsid w:val="009E14DF"/>
+    <w:rsid w:val="009F5077"/>
     <w:rsid w:val="00A05221"/>
-    <w:rsid w:val="00A05EF5"/>
-    <w:rsid w:val="00A10222"/>
     <w:rsid w:val="00A108FB"/>
     <w:rsid w:val="00A201E4"/>
-    <w:rsid w:val="00A27F4F"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00A445EC"/>
+    <w:rsid w:val="00A27623"/>
+    <w:rsid w:val="00A41CFC"/>
+    <w:rsid w:val="00A4606D"/>
+    <w:rsid w:val="00A5681F"/>
     <w:rsid w:val="00A57547"/>
-    <w:rsid w:val="00A707F0"/>
+    <w:rsid w:val="00A74728"/>
+    <w:rsid w:val="00A7563C"/>
     <w:rsid w:val="00A75671"/>
-    <w:rsid w:val="00A7689A"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00AD3194"/>
+    <w:rsid w:val="00A84403"/>
+    <w:rsid w:val="00A85AD8"/>
+    <w:rsid w:val="00AA5CA8"/>
+    <w:rsid w:val="00AA760F"/>
+    <w:rsid w:val="00AC1D70"/>
+    <w:rsid w:val="00AD75B7"/>
     <w:rsid w:val="00AE5FEE"/>
-    <w:rsid w:val="00B26BF4"/>
-    <w:rsid w:val="00B3080F"/>
+    <w:rsid w:val="00AE6C6B"/>
+    <w:rsid w:val="00B05779"/>
+    <w:rsid w:val="00B07326"/>
+    <w:rsid w:val="00B17FF8"/>
     <w:rsid w:val="00B34E91"/>
+    <w:rsid w:val="00B36092"/>
     <w:rsid w:val="00B404FC"/>
-    <w:rsid w:val="00B414E4"/>
+    <w:rsid w:val="00B4319F"/>
+    <w:rsid w:val="00B45A9C"/>
     <w:rsid w:val="00B46320"/>
     <w:rsid w:val="00B506E7"/>
     <w:rsid w:val="00B6226A"/>
-    <w:rsid w:val="00B83045"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BA5B63"/>
+    <w:rsid w:val="00B6339B"/>
+    <w:rsid w:val="00B95823"/>
+    <w:rsid w:val="00B95C7A"/>
+    <w:rsid w:val="00BA056C"/>
+    <w:rsid w:val="00BA1C7B"/>
+    <w:rsid w:val="00BA30FC"/>
     <w:rsid w:val="00BC0547"/>
+    <w:rsid w:val="00BC12B1"/>
+    <w:rsid w:val="00BC62F3"/>
+    <w:rsid w:val="00BC73E5"/>
+    <w:rsid w:val="00BC7A9A"/>
+    <w:rsid w:val="00BD07F6"/>
     <w:rsid w:val="00BD358B"/>
-    <w:rsid w:val="00BD5046"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BE7416"/>
+    <w:rsid w:val="00BE1D31"/>
+    <w:rsid w:val="00BE2F24"/>
+    <w:rsid w:val="00BE498D"/>
+    <w:rsid w:val="00BE7787"/>
     <w:rsid w:val="00BF08C9"/>
-    <w:rsid w:val="00BF36EC"/>
-    <w:rsid w:val="00C03C1A"/>
+    <w:rsid w:val="00BF1F01"/>
+    <w:rsid w:val="00BF5619"/>
     <w:rsid w:val="00C0487F"/>
-    <w:rsid w:val="00C0545D"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00CC5F1C"/>
+    <w:rsid w:val="00C16997"/>
+    <w:rsid w:val="00C2711D"/>
+    <w:rsid w:val="00C337B0"/>
+    <w:rsid w:val="00C33B6B"/>
+    <w:rsid w:val="00C64EDF"/>
+    <w:rsid w:val="00C7046B"/>
+    <w:rsid w:val="00C75A19"/>
+    <w:rsid w:val="00C9092E"/>
     <w:rsid w:val="00CD0B60"/>
-    <w:rsid w:val="00CD252A"/>
-    <w:rsid w:val="00CD2A8A"/>
+    <w:rsid w:val="00CD1BD7"/>
+    <w:rsid w:val="00CE02C8"/>
+    <w:rsid w:val="00CF2DE7"/>
+    <w:rsid w:val="00D01F76"/>
+    <w:rsid w:val="00D0261D"/>
     <w:rsid w:val="00D04A19"/>
-    <w:rsid w:val="00D21680"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00D7678D"/>
+    <w:rsid w:val="00D271A6"/>
+    <w:rsid w:val="00D31193"/>
+    <w:rsid w:val="00D56DBB"/>
+    <w:rsid w:val="00D76CFA"/>
     <w:rsid w:val="00D80547"/>
-    <w:rsid w:val="00D83172"/>
-    <w:rsid w:val="00DA4D69"/>
+    <w:rsid w:val="00D84264"/>
+    <w:rsid w:val="00D91F7C"/>
+    <w:rsid w:val="00D92EEC"/>
+    <w:rsid w:val="00D93645"/>
+    <w:rsid w:val="00DA03B5"/>
     <w:rsid w:val="00DA57AC"/>
-    <w:rsid w:val="00DA7C9C"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00E31773"/>
+    <w:rsid w:val="00DB6769"/>
+    <w:rsid w:val="00DB7A79"/>
+    <w:rsid w:val="00DC1859"/>
+    <w:rsid w:val="00DC2CD9"/>
+    <w:rsid w:val="00DD23FE"/>
+    <w:rsid w:val="00DD2616"/>
+    <w:rsid w:val="00DD621E"/>
+    <w:rsid w:val="00DE3C71"/>
+    <w:rsid w:val="00E02012"/>
+    <w:rsid w:val="00E1727C"/>
+    <w:rsid w:val="00E20D65"/>
     <w:rsid w:val="00E32AFC"/>
-    <w:rsid w:val="00E33232"/>
-    <w:rsid w:val="00E40C1C"/>
+    <w:rsid w:val="00E453C2"/>
+    <w:rsid w:val="00E54422"/>
+    <w:rsid w:val="00E547A5"/>
+    <w:rsid w:val="00E56A5C"/>
+    <w:rsid w:val="00E6723B"/>
+    <w:rsid w:val="00E67FE9"/>
     <w:rsid w:val="00E716D9"/>
-    <w:rsid w:val="00E87D5C"/>
-    <w:rsid w:val="00E91CA7"/>
+    <w:rsid w:val="00E90759"/>
     <w:rsid w:val="00EA049E"/>
-    <w:rsid w:val="00EA3B63"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00EF2191"/>
+    <w:rsid w:val="00EA08BC"/>
+    <w:rsid w:val="00EB2AE7"/>
+    <w:rsid w:val="00ED2495"/>
+    <w:rsid w:val="00ED269D"/>
+    <w:rsid w:val="00EE534D"/>
+    <w:rsid w:val="00EE5961"/>
+    <w:rsid w:val="00EE729F"/>
+    <w:rsid w:val="00EF5FE2"/>
+    <w:rsid w:val="00EF7A2D"/>
+    <w:rsid w:val="00F178E2"/>
+    <w:rsid w:val="00F22CE1"/>
+    <w:rsid w:val="00F33547"/>
+    <w:rsid w:val="00F33A53"/>
     <w:rsid w:val="00F41654"/>
-    <w:rsid w:val="00F42E25"/>
     <w:rsid w:val="00F547EF"/>
-    <w:rsid w:val="00F5570C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F83087"/>
+    <w:rsid w:val="00F63670"/>
     <w:rsid w:val="00F86C85"/>
-    <w:rsid w:val="00FB14A5"/>
-    <w:rsid w:val="00FC076F"/>
+    <w:rsid w:val="00F9451F"/>
     <w:rsid w:val="00FE0B40"/>
+    <w:rsid w:val="00FE12DB"/>
     <w:rsid w:val="00FE6175"/>
-    <w:rsid w:val="354C71C7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="74F65F08"/>
-  <w15:docId w15:val="{DB699864-24C9-40D2-9FD9-B7AE1E5A7A9A}"/>
+  <w14:docId w14:val="552409F5"/>
+  <w15:docId w15:val="{7C6BD9D6-EA3F-415F-A1C3-7D19837A1DEA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6075,51 +6572,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:qFormat="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="1" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7020,136 +7517,177 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Luettelokappale">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normaali"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00B46320"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentinviite">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Kappaleenoletusfontti"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000322E9"/>
+    <w:rsid w:val="00E56A5C"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentinteksti">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normaali"/>
     <w:link w:val="KommentintekstiChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000322E9"/>
+    <w:rsid w:val="00E56A5C"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentintekstiChar">
     <w:name w:val="Kommentin teksti Char"/>
     <w:basedOn w:val="Kappaleenoletusfontti"/>
     <w:link w:val="Kommentinteksti"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="000322E9"/>
+    <w:rsid w:val="00E56A5C"/>
     <w:rPr>
       <w:lang w:val="fi-FI"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentinotsikko">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentinteksti"/>
     <w:next w:val="Kommentinteksti"/>
     <w:link w:val="KommentinotsikkoChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D83172"/>
+    <w:rsid w:val="00E56A5C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentinotsikkoChar">
     <w:name w:val="Kommentin otsikko Char"/>
     <w:basedOn w:val="KommentintekstiChar"/>
     <w:link w:val="Kommentinotsikko"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00D83172"/>
+    <w:rsid w:val="00E56A5C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="fi-FI"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="541092429">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="649671746">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1721052051">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.PNG"/></Relationships>
 </file>
 
-<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.PNG"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0EEEE459CF5F4AECA17B2E279013D7DF"/>
         <w:category>
           <w:name w:val="Yleiset"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4C046470-F03E-4784-8060-E9DBE1ED5867}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00187AF8" w:rsidRDefault="00C336CE">
           <w:pPr>
             <w:pStyle w:val="0EEEE459CF5F4AECA17B2E279013D7DF"/>
           </w:pPr>
           <w:r w:rsidRPr="001A7080">
             <w:rPr>
               <w:rStyle w:val="Paikkamerkkiteksti"/>
             </w:rPr>
@@ -7248,188 +7786,196 @@
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9C2B1D1E-2012-4DA4-9139-1C2735997F39}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00660C58" w:rsidRDefault="00342A5B" w:rsidP="00342A5B">
           <w:pPr>
             <w:pStyle w:val="30DAB94822B845EDA38B75D301CAFF1F"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C336CE"/>
-    <w:rsid w:val="000F7F15"/>
+    <w:rsid w:val="000E0E6E"/>
     <w:rsid w:val="00187AF8"/>
+    <w:rsid w:val="0020292B"/>
     <w:rsid w:val="00342A5B"/>
-    <w:rsid w:val="00374400"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00651C82"/>
+    <w:rsid w:val="0039799C"/>
+    <w:rsid w:val="003F1A47"/>
+    <w:rsid w:val="00475E81"/>
+    <w:rsid w:val="005A02EF"/>
+    <w:rsid w:val="005C049B"/>
+    <w:rsid w:val="005E361F"/>
+    <w:rsid w:val="005F3198"/>
     <w:rsid w:val="00660C58"/>
-    <w:rsid w:val="00694AD3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009605E6"/>
+    <w:rsid w:val="00665F12"/>
+    <w:rsid w:val="00744DAA"/>
+    <w:rsid w:val="008071EA"/>
+    <w:rsid w:val="00812CE2"/>
+    <w:rsid w:val="00843813"/>
+    <w:rsid w:val="008C7FFE"/>
+    <w:rsid w:val="00984BBE"/>
+    <w:rsid w:val="00A1155A"/>
     <w:rsid w:val="00C03C1A"/>
+    <w:rsid w:val="00C23E2D"/>
     <w:rsid w:val="00C336CE"/>
-    <w:rsid w:val="00CC7102"/>
+    <w:rsid w:val="00E825ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fi-FI"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fi-FI" w:eastAsia="fi-FI" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7820,220 +8366,74 @@
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Eiluetteloa">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Paikkamerkkiteksti">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Kappaleenoletusfontti"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C03C1A"/>
     <w:rPr>
       <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="96F7960E1E7A46C2A2374FB9F1EEED6F">
-[...10 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0EEEE459CF5F4AECA17B2E279013D7DF">
     <w:name w:val="0EEEE459CF5F4AECA17B2E279013D7DF"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FD4BFB433CFB482F95E0D6757ECCEAF8">
-[...120 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FBE717706F7B4B72A0D9F3F60F731ABB">
     <w:name w:val="FBE717706F7B4B72A0D9F3F60F731ABB"/>
-    <w:rsid w:val="00C03C1A"/>
-[...10 lines deleted...]
-    <w:name w:val="7F769974F94D4ECEA4B810D4082338BE"/>
     <w:rsid w:val="00C03C1A"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DB39BC81F3494422A895586543730B40">
     <w:name w:val="DB39BC81F3494422A895586543730B40"/>
     <w:rsid w:val="00342A5B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B8E04ED8221349F8BE55FBD1A2FE75C7">
     <w:name w:val="B8E04ED8221349F8BE55FBD1A2FE75C7"/>
     <w:rsid w:val="00342A5B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="30DAB94822B845EDA38B75D301CAFF1F">
     <w:name w:val="30DAB94822B845EDA38B75D301CAFF1F"/>
     <w:rsid w:val="00342A5B"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-teema">
   <a:themeElements>
     <a:clrScheme name="Energiamarkkinavirasto">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="20416C"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="C6D9F0"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="20416C"/>
       </a:accent1>
       <a:accent2>
@@ -8237,90 +8637,84 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...8 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07b74b26-674c-4d4c-9bcc-73fb11bc3209" xmlns:ns3="56354002-99bc-4f01-b02a-11538c6d4169" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="115bbb655eaeb78d362900d310e5c8c5" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A0F6169E7730DD49A0B6996318F39A17" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2393fe4213356dbacdeca35df3e6c6cb">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07b74b26-674c-4d4c-9bcc-73fb11bc3209" xmlns:ns3="56354002-99bc-4f01-b02a-11538c6d4169" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="48f11880493036c168ead0b9c56bd1fc" ns2:_="" ns3:_="">
     <xsd:import namespace="07b74b26-674c-4d4c-9bcc-73fb11bc3209"/>
     <xsd:import namespace="56354002-99bc-4f01-b02a-11538c6d4169"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="07b74b26-674c-4d4c-9bcc-73fb11bc3209" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -8336,92 +8730,120 @@
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="15" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="16" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="3e80df17-6dce-42fc-a3dc-94a0db4b2113" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="56354002-99bc-4f01-b02a-11538c6d4169" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Jaettu" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Jakamisen tiedot" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="21" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{92a260b3-aea6-4b97-960f-2dfd79b75d72}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="56354002-99bc-4f01-b02a-11538c6d4169">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Sisältölaji"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Otsikko"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -8466,132 +8888,145 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="56354002-99bc-4f01-b02a-11538c6d4169" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="07b74b26-674c-4d4c-9bcc-73fb11bc3209">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B29B2792-8BE1-40AC-9DE4-998E42F36465}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96439D60-ED47-490C-9F02-42FE1ABFCE35}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4A884AC-8868-47DF-AB27-4A03E381243D}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B43BA9D-9E16-450C-B584-02C82A0F5898}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="07b74b26-674c-4d4c-9bcc-73fb11bc3209"/>
     <ds:schemaRef ds:uri="56354002-99bc-4f01-b02a-11538c6d4169"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{84A69A24-CB36-4B77-9F4A-3E83966DFD2E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{328295A4-268A-4A5E-AB33-E570524393B2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="56354002-99bc-4f01-b02a-11538c6d4169"/>
+    <ds:schemaRef ds:uri="07b74b26-674c-4d4c-9bcc-73fb11bc3209"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>12626</Characters>
+  <Pages>9</Pages>
+  <Words>1908</Words>
+  <Characters>15456</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>105</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>128</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Otsikko</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Energiamarkkinavirasto</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14156</CharactersWithSpaces>
+  <CharactersWithSpaces>17330</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject>LOMAKE – Kestävyysjärjestelmän muutoshakemus</dc:subject>
   <dc:creator>Laine Markus</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A0F6169E7730DD49A0B6996318F39A17</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>